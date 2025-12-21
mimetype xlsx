--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda791f19566645d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/195b35f30484496990337f174c3fb0d6.psmdcp" Id="Ra3395ff5979243ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d1bc6098dc4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/566ccfa3fd314209959a776f51cefb79.psmdcp" Id="R08ec2cd2e02d4210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -49,51 +49,51 @@
   <x:si>
     <x:t>Team A</x:t>
   </x:si>
   <x:si>
     <x:t>Team A Score</x:t>
   </x:si>
   <x:si>
     <x:t>Team B</x:t>
   </x:si>
   <x:si>
     <x:t>Team B Score</x:t>
   </x:si>
   <x:si>
     <x:t>Venue</x:t>
   </x:si>
   <x:si>
     <x:t>Attendance</x:t>
   </x:si>
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>None</x:t>
   </x:si>
   <x:si>
-    <x:t>York9 FC</x:t>
+    <x:t>Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>AS Blainville</x:t>
   </x:si>
   <x:si>
     <x:t>York Lions Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Halifax Wanderers FC</x:t>
   </x:si>
   <x:si>
     <x:t>Vaughan SC Azzurri</x:t>
   </x:si>
   <x:si>
     <x:t>Wanderers Grounds</x:t>
   </x:si>
   <x:si>
     <x:t>Pacific FC</x:t>
   </x:si>
   <x:si>
     <x:t>Cavalry FC</x:t>
   </x:si>
   <x:si>
     <x:t>Starlight Stadium</x:t>
   </x:si>