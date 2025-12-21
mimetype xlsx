--- v1 (2025-12-21)
+++ v2 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d1bc6098dc4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/566ccfa3fd314209959a776f51cefb79.psmdcp" Id="R08ec2cd2e02d4210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef27204e53640e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c06b5bada00f4d9b8517ec56933d157c.psmdcp" Id="Ra02eb938993c48f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>