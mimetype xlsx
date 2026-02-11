--- v2 (2025-12-21)
+++ v3 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef27204e53640e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c06b5bada00f4d9b8517ec56933d157c.psmdcp" Id="Ra02eb938993c48f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382c6576bf294ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a355fdcccff44a138864ea6d1e80ae13.psmdcp" Id="Rb269c25528844e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>