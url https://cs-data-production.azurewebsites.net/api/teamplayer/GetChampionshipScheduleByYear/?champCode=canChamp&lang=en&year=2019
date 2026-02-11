--- v3 (2026-02-11)
+++ v4 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382c6576bf294ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a355fdcccff44a138864ea6d1e80ae13.psmdcp" Id="Rb269c25528844e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be8967e7b1f42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd19a35d6b0749fcaac67110b78c33f9.psmdcp" Id="R14cad689555e4354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>