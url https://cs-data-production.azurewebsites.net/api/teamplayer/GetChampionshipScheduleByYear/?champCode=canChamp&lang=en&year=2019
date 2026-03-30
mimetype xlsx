--- v4 (2026-02-11)
+++ v5 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be8967e7b1f42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd19a35d6b0749fcaac67110b78c33f9.psmdcp" Id="R14cad689555e4354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392d91f731b049ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85e8e9e135804b4a8e7a45c263f6dfae.psmdcp" Id="Rf973d8c648fe4127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>