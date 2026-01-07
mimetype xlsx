--- v0 (2025-10-24)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9d8e654250a42a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01aa7422eecb411ab000a8c435523cba.psmdcp" Id="R87ec9ca3c942445d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3247c3bafc4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f28d15a22a77422293cb195f2968298c.psmdcp" Id="Rd8cfa9333a8645e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -67,51 +67,51 @@
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>None</x:t>
   </x:si>
   <x:si>
     <x:t>FC Edmonton</x:t>
   </x:si>
   <x:si>
     <x:t>Cavalry FC</x:t>
   </x:si>
   <x:si>
     <x:t>Clarke Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Pacific FC</x:t>
   </x:si>
   <x:si>
     <x:t>Vancouver Whitecaps FC</x:t>
   </x:si>
   <x:si>
     <x:t>Starlight Stadium</x:t>
   </x:si>
   <x:si>
-    <x:t>York United FC</x:t>
+    <x:t>Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto Master’s FA</x:t>
   </x:si>
   <x:si>
     <x:t>York Lions Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Halifax Wanderers FC</x:t>
   </x:si>
   <x:si>
     <x:t>AS Blainville</x:t>
   </x:si>
   <x:si>
     <x:t>Wanderers Grounds</x:t>
   </x:si>
   <x:si>
     <x:t>Atlético Ottawa</x:t>
   </x:si>
   <x:si>
     <x:t>Valour FC</x:t>
   </x:si>
   <x:si>
     <x:t>Place TD</x:t>
   </x:si>