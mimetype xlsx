--- v1 (2026-01-07)
+++ v2 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3247c3bafc4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f28d15a22a77422293cb195f2968298c.psmdcp" Id="Rd8cfa9333a8645e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f50d990bd64689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90d72cb4bf1840aab07bccd6b3beca3e.psmdcp" Id="R62dbbf0aecd142ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>