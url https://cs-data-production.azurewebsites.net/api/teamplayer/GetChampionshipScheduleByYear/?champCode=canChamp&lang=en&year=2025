--- v0 (2025-11-12)
+++ v1 (2025-12-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb0a09684ed4c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/482d94d0006747ba8d6fdcd73ff83028.psmdcp" Id="R0313cff1efa948bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dcedbf8efde4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4c50a4fd2384f2282b72d514230f685.psmdcp" Id="R3c1ecf02b9514d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -94,51 +94,51 @@
   <x:si>
     <x:t>Cavalry FC</x:t>
   </x:si>
   <x:si>
     <x:t>Edmonton Scottish United SC</x:t>
   </x:si>
   <x:si>
     <x:t>ATCO Field at Spruce Meadows</x:t>
   </x:si>
   <x:si>
     <x:t>ATCO Field chez Spruce Meadows</x:t>
   </x:si>
   <x:si>
     <x:t>Atlético Ottawa</x:t>
   </x:si>
   <x:si>
     <x:t>Scrosoppi FC</x:t>
   </x:si>
   <x:si>
     <x:t>Place TD</x:t>
   </x:si>
   <x:si>
     <x:t>TD Place</x:t>
   </x:si>
   <x:si>
-    <x:t>York United FC</x:t>
+    <x:t>Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>FC Laval</x:t>
   </x:si>
   <x:si>
     <x:t>York Lions Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>CF Montréal</x:t>
   </x:si>
   <x:si>
     <x:t>BMO Field</x:t>
   </x:si>
   <x:si>
     <x:t>Forge FC Hamilton</x:t>
   </x:si>
   <x:si>
     <x:t>Halifax Wanderers FC</x:t>
   </x:si>
   <x:si>
     <x:t>Hamilton Stadium</x:t>
   </x:si>