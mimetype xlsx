--- v1 (2025-12-27)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dcedbf8efde4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4c50a4fd2384f2282b72d514230f685.psmdcp" Id="R3c1ecf02b9514d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4968880d90b24c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3d88fa4166447e0bfaecedb98103a6f.psmdcp" Id="R611eb062b1194e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>