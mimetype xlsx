--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -1,171 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e95f48c4c5148c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/375467d99a53483a93b01c23c09e42f1.psmdcp" Id="Rc0bd6e6bc00b4598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022d3ec2a77b451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45bc1fae2b7e485da02aa6ec4d662e05.psmdcp" Id="Rf501af50bbc24853" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Group Phase</x:t>
   </x:si>
   <x:si>
     <x:t>Warm-Up Time (EST)</x:t>
   </x:si>
   <x:si>
     <x:t>Kick-off Time (EST)</x:t>
   </x:si>
   <x:si>
     <x:t>Team A</x:t>
   </x:si>
   <x:si>
     <x:t>Team A Score</x:t>
   </x:si>
   <x:si>
     <x:t>Team B</x:t>
   </x:si>
   <x:si>
     <x:t>Team B Score</x:t>
   </x:si>
   <x:si>
     <x:t>Venue</x:t>
   </x:si>
   <x:si>
     <x:t>Attendance</x:t>
   </x:si>
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>M1</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/0001 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Playoff</x:t>
   </x:si>
   <x:si>
+    <x:t>Pacific FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cavalry FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starlight Stadium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF Montréal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calgary Blizzard SC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stade Saputo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vancouver FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Langley United</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Willoughby Community Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forge FC Hamilton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halifax Wanderers FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamilton Stadium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stade de Hamilton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Toronto FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS Saint-Laurent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>York Lions Stadium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlético Ottawa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMO Field</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FC Supra du Québec</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodbridge SC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stade Boréale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF1a</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarterfinals</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tbc (team)</x:t>
   </x:si>
   <x:si>
-    <x:t>M2</x:t>
-[...44 lines deleted...]
-    <x:t>SF1</x:t>
+    <x:t>Vancouver Whitecaps FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF1 - match 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF2a</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF2 - match 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF3a</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF3 - match 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF4a</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF4 - match 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF1b</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF1 - match 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF2b</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF2 - match 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF3b</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF3 - match 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF4b</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF4 - match 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF1a</x:t>
   </x:si>
   <x:si>
     <x:t>Semifinals</x:t>
   </x:si>
   <x:si>
-    <x:t>SF2</x:t>
-[...5 lines deleted...]
-    <x:t>SF4</x:t>
+    <x:t>SF1 - match 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF2a</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF2 - match 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF1b</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF1 - match 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF2b</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF2 - match 2</x:t>
   </x:si>
   <x:si>
     <x:t>FINAL / FINALE</x:t>
   </x:si>
   <x:si>
     <x:t>FINAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Final)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -180,65 +285,79 @@
     <x:fill>
       <x:patternFill patternType="solid">
         <x:fgColor rgb="FFD3D3D3"/>
       </x:patternFill>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="2">
+  <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="46" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="2">
+  <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="46" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -495,445 +614,546 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:L21"/>
+  <x:dimension ref="A1:L22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.040625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="19.920625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.930625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.970625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="18.090625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="11.010625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="19.020625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.680625" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="11.010625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="22.970625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="13.590625" style="0" customWidth="1"/>
-    <x:col min="10" max="10" width="7.440625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="26.110625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.960625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L1" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:12">
       <x:c r="A2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="B2" s="0" t="s">
+      <x:c r="B2" s="2">
+        <x:v>46151</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C2" s="0" t="s">
+      <x:c r="E2" s="3" t="n">
+        <x:v>0.791666666666667</x:v>
+      </x:c>
+      <x:c r="F2" s="0" t="s">
         <x:v>14</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
+      <x:c r="J2" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
     </x:row>
     <x:row r="3" spans="1:12">
       <x:c r="A3" s="0" t="s">
-        <x:v>16</x:v>
-[...1 lines deleted...]
-      <x:c r="B3" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B3" s="2">
+        <x:v>46148</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="E3" s="3" t="n">
+        <x:v>0.8125</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J3" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:12">
       <x:c r="A4" s="0" t="s">
-        <x:v>17</x:v>
-[...1 lines deleted...]
-      <x:c r="B4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B4" s="2">
+        <x:v>46152</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="E4" s="3" t="n">
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:12">
       <x:c r="A5" s="0" t="s">
-        <x:v>18</x:v>
-[...1 lines deleted...]
-      <x:c r="B5" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B5" s="2">
+        <x:v>46151</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="E5" s="3" t="n">
+        <x:v>0.666666666666667</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12">
       <x:c r="A6" s="0" t="s">
-        <x:v>19</x:v>
-[...1 lines deleted...]
-      <x:c r="B6" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B6" s="2">
+        <x:v>46151</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="E6" s="3" t="n">
+        <x:v>0.666666666666667</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="J6" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12">
       <x:c r="A7" s="0" t="s">
-        <x:v>20</x:v>
-[...1 lines deleted...]
-      <x:c r="B7" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B7" s="2">
+        <x:v>46152</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C7" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="E7" s="3" t="n">
+        <x:v>0.625</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12">
       <x:c r="A8" s="0" t="s">
-        <x:v>21</x:v>
-[...1 lines deleted...]
-      <x:c r="B8" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B8" s="2">
+        <x:v>46147</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C8" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="E8" s="3" t="n">
+        <x:v>0.8125</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12">
       <x:c r="A9" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="B9" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B9" s="2">
+        <x:v>46150</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="C9" s="0" t="s">
-        <x:v>23</x:v>
+      <x:c r="E9" s="3" t="n">
+        <x:v>0.791666666666667</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J9" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12">
       <x:c r="A10" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B10" s="2">
+        <x:v>2552317</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="L10" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12">
       <x:c r="A11" s="0" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B11" s="2">
+        <x:v>2552317</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L11" s="0" t="s">
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12">
       <x:c r="A12" s="0" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B12" s="2">
+        <x:v>2552317</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L12" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12">
       <x:c r="A13" s="0" t="s">
-        <x:v>27</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B13" s="2">
+        <x:v>2552317</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L13" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12">
       <x:c r="A14" s="0" t="s">
-        <x:v>28</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B14" s="2">
+        <x:v>2552683</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L14" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12">
       <x:c r="A15" s="0" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B15" s="2">
+        <x:v>2552683</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12">
       <x:c r="A16" s="0" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B16" s="2">
+        <x:v>2552683</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L16" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12">
       <x:c r="A17" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B17" s="2">
+        <x:v>2552683</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L17" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12">
       <x:c r="A18" s="0" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B18" s="2">
+        <x:v>2957736</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L18" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12">
       <x:c r="A19" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B19" s="2">
+        <x:v>2957736</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12">
       <x:c r="A20" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B20" s="2">
+        <x:v>2958101</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12">
       <x:c r="A21" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B21" s="2">
+        <x:v>2958101</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:12">
+      <x:c r="A22" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B22" s="2">
+        <x:v>46316</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>