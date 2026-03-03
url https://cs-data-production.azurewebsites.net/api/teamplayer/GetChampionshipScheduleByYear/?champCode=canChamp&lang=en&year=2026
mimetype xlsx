--- v1 (2026-03-03)
+++ v2 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022d3ec2a77b451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45bc1fae2b7e485da02aa6ec4d662e05.psmdcp" Id="Rf501af50bbc24853" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722a3b639dad4a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84bf72bb8b0e4225bd4bd8b9e1513e25.psmdcp" Id="R46a48b81a44e4a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>