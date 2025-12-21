--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611970570d564e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5eff67ea34a848f0a30d79c7aba1e1f3.psmdcp" Id="R4575e2403c8449cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76731c5657b4467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a3cddfa12d941e6989513cf8c927439.psmdcp" Id="R891bba9000fd4b1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -49,51 +49,51 @@
   <x:si>
     <x:t>Equipe a domicile</x:t>
   </x:si>
   <x:si>
     <x:t>Score de l'Équipe A</x:t>
   </x:si>
   <x:si>
     <x:t>Equipe de l'exterieur</x:t>
   </x:si>
   <x:si>
     <x:t>Score de l'Équipe B</x:t>
   </x:si>
   <x:si>
     <x:t>Stade</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>None</x:t>
   </x:si>
   <x:si>
-    <x:t>York9 FC</x:t>
+    <x:t>Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>AS Blainville</x:t>
   </x:si>
   <x:si>
     <x:t>York Lions Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Halifax Wanderers FC</x:t>
   </x:si>
   <x:si>
     <x:t>Vaughan SC Azzurri</x:t>
   </x:si>
   <x:si>
     <x:t>Wanderers Grounds</x:t>
   </x:si>
   <x:si>
     <x:t>Pacific FC</x:t>
   </x:si>
   <x:si>
     <x:t>Cavalry FC</x:t>
   </x:si>
   <x:si>
     <x:t>Starlight Stadium</x:t>
   </x:si>