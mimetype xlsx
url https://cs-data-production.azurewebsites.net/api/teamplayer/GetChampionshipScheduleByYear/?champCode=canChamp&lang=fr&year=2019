--- v1 (2025-12-21)
+++ v2 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76731c5657b4467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a3cddfa12d941e6989513cf8c927439.psmdcp" Id="R891bba9000fd4b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f13a3802d2f4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49c89cef0aeb4e049f78f6e0ee6c6930.psmdcp" Id="Rd2eff94f662b44e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>