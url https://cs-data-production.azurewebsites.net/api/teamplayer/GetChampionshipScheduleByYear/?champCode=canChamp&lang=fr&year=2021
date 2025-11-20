--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029a5972d742457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f10904b8bc540e2a36831c1ec633e40.psmdcp" Id="R3626f7ad0dbd4c4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e98bc274974f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9ca7c78eb874dd6ac82e58fce96f0ef.psmdcp" Id="R606d6b729e1c4e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>