--- v1 (2025-11-20)
+++ v2 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e98bc274974f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9ca7c78eb874dd6ac82e58fce96f0ef.psmdcp" Id="R606d6b729e1c4e9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3956a745c9bc4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b962c099c73149c8822b1ab623af66e3.psmdcp" Id="R343d626fc8234724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -67,51 +67,51 @@
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>None</x:t>
   </x:si>
   <x:si>
     <x:t>FC Edmonton</x:t>
   </x:si>
   <x:si>
     <x:t>Cavalry FC</x:t>
   </x:si>
   <x:si>
     <x:t>Clarke Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Pacific FC</x:t>
   </x:si>
   <x:si>
     <x:t>Vancouver Whitecaps FC</x:t>
   </x:si>
   <x:si>
     <x:t>Starlight Stadium</x:t>
   </x:si>
   <x:si>
-    <x:t>York United FC</x:t>
+    <x:t>Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto Master’s FA</x:t>
   </x:si>
   <x:si>
     <x:t>York Lions Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Halifax Wanderers FC</x:t>
   </x:si>
   <x:si>
     <x:t>AS Blainville</x:t>
   </x:si>
   <x:si>
     <x:t>Wanderers Grounds</x:t>
   </x:si>
   <x:si>
     <x:t>Atlético Ottawa</x:t>
   </x:si>
   <x:si>
     <x:t>Valour FC</x:t>
   </x:si>
   <x:si>
     <x:t>Place TD</x:t>
   </x:si>