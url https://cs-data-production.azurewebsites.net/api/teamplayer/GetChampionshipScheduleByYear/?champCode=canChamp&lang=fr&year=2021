--- v2 (2026-01-07)
+++ v3 (2026-02-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3956a745c9bc4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b962c099c73149c8822b1ab623af66e3.psmdcp" Id="R343d626fc8234724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5405264ec63440bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d6f2b183dc146a99cbf9f003754c49b.psmdcp" Id="R8704d7f356f3416d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>