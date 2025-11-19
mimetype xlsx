--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8741d7e40c477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c00f1af98e85472283da293fac404c7c.psmdcp" Id="R33775b812efa4e38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25848e1b18264e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f734924082b143238c0ed2c173756f3c.psmdcp" Id="R88412c59434b49ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>