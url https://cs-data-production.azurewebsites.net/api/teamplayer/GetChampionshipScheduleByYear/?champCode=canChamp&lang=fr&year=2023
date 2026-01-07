--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25848e1b18264e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f734924082b143238c0ed2c173756f3c.psmdcp" Id="R88412c59434b49ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redc522c18fdc4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd41097fbd734fd8b310816683f568df.psmdcp" Id="R6450b1e36817477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -64,51 +64,51 @@
   <x:si>
     <x:t>Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>QF1</x:t>
   </x:si>
   <x:si>
     <x:t>Quarts de finales</x:t>
   </x:si>
   <x:si>
     <x:t>Pacific FC</x:t>
   </x:si>
   <x:si>
     <x:t>TSS Rovers FC</x:t>
   </x:si>
   <x:si>
     <x:t>Starlight Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>QF2</x:t>
   </x:si>
   <x:si>
-    <x:t>York United FC</x:t>
+    <x:t>Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>Vancouver Whitecaps FC</x:t>
   </x:si>
   <x:si>
     <x:t>York Lions Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>QF3</x:t>
   </x:si>
   <x:si>
     <x:t>Forge FC Hamilton</x:t>
   </x:si>
   <x:si>
     <x:t>Atlético Ottawa</x:t>
   </x:si>
   <x:si>
     <x:t>Hamilton Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Stade de Hamilton</x:t>
   </x:si>
   <x:si>
     <x:t>QF4</x:t>
   </x:si>