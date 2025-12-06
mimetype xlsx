--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592de760d558475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12d5713659dd46b5ae9930a796ca0aeb.psmdcp" Id="R5f6dd61495eb49aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb17ad8e29d884a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/137b164cbc6d414aa0190ca967c6f9e1.psmdcp" Id="Ra68849f8cb6c453d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>