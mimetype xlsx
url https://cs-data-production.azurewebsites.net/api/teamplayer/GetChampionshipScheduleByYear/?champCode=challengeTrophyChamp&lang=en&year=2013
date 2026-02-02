--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb17ad8e29d884a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/137b164cbc6d414aa0190ca967c6f9e1.psmdcp" Id="Ra68849f8cb6c453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab48bc0341af49d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8188e513c94f45da95595794f42b5617.psmdcp" Id="R13bc1a9b3fa24c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -85,51 +85,51 @@
   <x:si>
     <x:t>QF1</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterfinals</x:t>
   </x:si>
   <x:si>
     <x:t>Royal-Sélect Beauport</x:t>
   </x:si>
   <x:si>
     <x:t>M03</x:t>
   </x:si>
   <x:si>
     <x:t>Group C</x:t>
   </x:si>
   <x:si>
     <x:t>Saskatoon HUSA Alumni</x:t>
   </x:si>
   <x:si>
     <x:t>Fredericton Wanderers SC</x:t>
   </x:si>
   <x:si>
     <x:t>M07</x:t>
   </x:si>
   <x:si>
-    <x:t>Gloucester Celtic FC</x:t>
+    <x:t>Gloucester Celtic</x:t>
   </x:si>
   <x:si>
     <x:t>M14</x:t>
   </x:si>
   <x:si>
     <x:t>Group E</x:t>
   </x:si>
   <x:si>
     <x:t>Yellowknife FC</x:t>
   </x:si>
   <x:si>
     <x:t>Burnside</x:t>
   </x:si>
   <x:si>
     <x:t>M15</x:t>
   </x:si>
   <x:si>
     <x:t>St. Lawrence Laurentians</x:t>
   </x:si>
   <x:si>
     <x:t>M18</x:t>
   </x:si>
   <x:si>
     <x:t>M10</x:t>
   </x:si>