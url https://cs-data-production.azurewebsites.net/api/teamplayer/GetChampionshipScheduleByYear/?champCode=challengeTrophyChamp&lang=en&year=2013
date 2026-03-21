--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab48bc0341af49d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8188e513c94f45da95595794f42b5617.psmdcp" Id="R13bc1a9b3fa24c5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0951fad858d4394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dce47802e6634cb5a73e0aac2940c494.psmdcp" Id="R41b1a71191714ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>