--- v0 (2025-10-09)
+++ v1 (2025-12-03)
@@ -1,240 +1,216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94deeded00624235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fac8f3c509964a79bc7df09fc49a2c6d.psmdcp" Id="R12404350a16949c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca8fa5a44d64abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a604393d6ac04bfb8c7d2bb9dc6d9da1.psmdcp" Id="Rcab8b0c970874852" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Group Phase</x:t>
   </x:si>
   <x:si>
     <x:t>Warm-Up Time (EST)</x:t>
   </x:si>
   <x:si>
     <x:t>Kick-off Time (EST)</x:t>
   </x:si>
   <x:si>
     <x:t>Team A</x:t>
   </x:si>
   <x:si>
     <x:t>Team A Score</x:t>
   </x:si>
   <x:si>
     <x:t>Team B</x:t>
   </x:si>
   <x:si>
     <x:t>Team B Score</x:t>
   </x:si>
   <x:si>
     <x:t>Venue</x:t>
   </x:si>
   <x:si>
     <x:t>Attendance</x:t>
   </x:si>
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>FINAL / FINALE</x:t>
   </x:si>
   <x:si>
     <x:t>FINAL</x:t>
   </x:si>
   <x:si>
-    <x:t>Tbc (Final)</x:t>
+    <x:t>Gloucester Celtic FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holy Cross FC (St. John's)</x:t>
   </x:si>
   <x:si>
     <x:t>King George V Park</x:t>
   </x:si>
   <x:si>
     <x:t>Local 13h30</x:t>
   </x:si>
   <x:si>
     <x:t>M01</x:t>
   </x:si>
   <x:si>
     <x:t>Group A</x:t>
   </x:si>
   <x:si>
-    <x:t>Gloucester Celtic FC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Edmonton Drillers SC</x:t>
   </x:si>
   <x:si>
     <x:t>Local 10h00</x:t>
   </x:si>
   <x:si>
     <x:t>M02</x:t>
   </x:si>
   <x:si>
     <x:t>NKMB Saints FC</x:t>
   </x:si>
   <x:si>
     <x:t>Conception Bay South Strikers FC</x:t>
   </x:si>
   <x:si>
     <x:t>Local 13h00</x:t>
   </x:si>
   <x:si>
     <x:t>M03</x:t>
   </x:si>
   <x:si>
     <x:t>Group B</x:t>
   </x:si>
   <x:si>
     <x:t>Halifax County United SC</x:t>
   </x:si>
   <x:si>
-    <x:t>Holy Cross FC (St. John's)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Local 19h00</x:t>
   </x:si>
   <x:si>
     <x:t>M04</x:t>
   </x:si>
   <x:si>
     <x:t>Local 16h00</x:t>
   </x:si>
   <x:si>
     <x:t>M05</x:t>
   </x:si>
   <x:si>
     <x:t>M06</x:t>
   </x:si>
   <x:si>
     <x:t>Port Moody SC</x:t>
   </x:si>
   <x:si>
     <x:t>CS Rivière-des-Prairies</x:t>
   </x:si>
   <x:si>
+    <x:t>Complexe Fortis des Jeux du Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local 11h30</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fortis Canada Games Complex</x:t>
   </x:si>
   <x:si>
-    <x:t>Local 11h30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>M07</x:t>
   </x:si>
   <x:si>
     <x:t>M08</x:t>
   </x:si>
   <x:si>
     <x:t>Local 14h30</x:t>
   </x:si>
   <x:si>
     <x:t>M09</x:t>
   </x:si>
   <x:si>
     <x:t>M10</x:t>
   </x:si>
   <x:si>
     <x:t>M11</x:t>
   </x:si>
   <x:si>
     <x:t>M12</x:t>
   </x:si>
   <x:si>
     <x:t>Local 17h30</x:t>
   </x:si>
   <x:si>
     <x:t>M13</x:t>
   </x:si>
   <x:si>
     <x:t>Match for 7th/8th Place</x:t>
   </x:si>
   <x:si>
-    <x:t>Group A / 4th Place</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>M14</x:t>
   </x:si>
   <x:si>
     <x:t>Match for 5th/6th Place</x:t>
   </x:si>
   <x:si>
-    <x:t>Group A / 3rd Place</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>M15</x:t>
   </x:si>
   <x:si>
     <x:t>Match for 3rd/4th Place</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Group B / 2nd Place</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -578,66 +554,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:L17"/>
+  <x:dimension ref="A1:L22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.040625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.250625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.970625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="18.090625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="23.010625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="30.040625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.680625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.040625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="13.590625" style="0" customWidth="1"/>
-    <x:col min="10" max="10" width="27.680625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="32.690625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.960625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
@@ -654,520 +630,827 @@
         <x:v>10</x:v>
       </x:c>
       <x:c r="L1" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:12">
       <x:c r="A2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B2" s="2">
         <x:v>45943</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D2" s="3" t="n">
         <x:v>0.475694444444444</x:v>
       </x:c>
       <x:c r="E2" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
+      <x:c r="G2" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
       <x:c r="H2" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I2" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K2" s="0" t="n">
+        <x:v>2992</x:v>
       </x:c>
       <x:c r="L2" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:12">
       <x:c r="A3" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B3" s="2">
         <x:v>45938</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D3" s="3" t="n">
         <x:v>0.329861111111111</x:v>
       </x:c>
       <x:c r="E3" s="3" t="n">
         <x:v>0.354166666666667</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K3" s="0" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:12">
       <x:c r="A4" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B4" s="2">
         <x:v>45938</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
         <x:v>0.454861111111111</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>0.479166666666667</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K4" s="0" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:12">
       <x:c r="A5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B5" s="2">
         <x:v>45938</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>0.704861111111111</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>0.729166666666667</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K5" s="0" t="n">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12">
       <x:c r="A6" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B6" s="2">
         <x:v>45939</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>0.579861111111111</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0.604166666666667</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="n">
+        <x:v>7</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
+      <x:c r="I6" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
       <x:c r="J6" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K6" s="0" t="n">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12">
       <x:c r="A7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="2">
         <x:v>45939</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>0.454861111111111</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>0.479166666666667</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
+      <x:c r="G7" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
+      <x:c r="I7" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K7" s="0" t="n">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12">
       <x:c r="A8" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="2">
         <x:v>45939</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>0.392361111111111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>0.416666666666667</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G8" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="H8" s="0" t="s">
+      <x:c r="I8" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="J8" s="0" t="s">
+      <x:c r="K8" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L8" s="0" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12">
       <x:c r="A9" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>45940</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>0.704861111111111</x:v>
+        <x:v>0.392361111111111</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>0.729166666666667</x:v>
+        <x:v>0.416666666666667</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="n">
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I9" s="0" t="n">
+        <x:v>3</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K9" s="0" t="n">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12">
       <x:c r="A10" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B10" s="2">
         <x:v>45940</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>0.538194444444444</x:v>
+        <x:v>0.704861111111111</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>0.541666666666667</x:v>
+        <x:v>0.729166666666667</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="n">
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="n">
+        <x:v>252</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12">
       <x:c r="A11" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B11" s="2">
         <x:v>45940</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>0.579861111111111</x:v>
+        <x:v>0.538194444444444</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>0.604166666666667</x:v>
+        <x:v>0.541666666666667</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="H11" s="0" t="s">
-        <x:v>29</x:v>
+      <x:c r="I11" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="n">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12">
       <x:c r="A12" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>45941</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>0.517361111111111</x:v>
+        <x:v>0.538194444444444</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>0.541666666666667</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="n">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12">
       <x:c r="A13" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>45941</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>0.704861111111111</x:v>
+        <x:v>0.579861111111111</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>0.729166666666667</x:v>
+        <x:v>0.604166666666667</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="n">
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K13" s="0" t="n">
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12">
       <x:c r="A14" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B14" s="2">
         <x:v>45941</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>0.642361111111111</x:v>
+        <x:v>0.517361111111111</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>0.666666666666667</x:v>
+        <x:v>0.541666666666667</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="n">
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="n">
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K14" s="0" t="n">
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12">
       <x:c r="A15" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>45942</x:v>
+        <x:v>45941</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
+        <x:v>0.517361111111111</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>0.541666666666667</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="E15" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="n">
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12">
       <x:c r="A16" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>45942</x:v>
+        <x:v>45941</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.704861111111111</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.729166666666667</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="n">
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12">
       <x:c r="A17" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B17" s="2">
+        <x:v>45941</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="n">
+        <x:v>0.642361111111111</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>0.666666666666667</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I17" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L17" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:12">
+      <x:c r="A18" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B18" s="2">
+        <x:v>45941</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="n">
+        <x:v>0.642361111111111</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>0.666666666666667</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I18" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K18" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L18" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:12">
+      <x:c r="A19" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B19" s="2">
         <x:v>45942</x:v>
       </x:c>
-      <x:c r="C17" s="0" t="s">
-[...14 lines deleted...]
-      <x:c r="J17" s="0" t="s">
+      <x:c r="C19" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
+        <x:v>0.454861111111111</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>0.479166666666667</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="I19" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K19" s="0" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:12">
+      <x:c r="A20" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B20" s="2">
+        <x:v>45942</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>0.666666666666667</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
+        <x:v>0.666666666666667</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K20" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:12">
+      <x:c r="A21" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B21" s="2">
+        <x:v>45942</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>0.666666666666667</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>0.666666666666667</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:12">
+      <x:c r="A22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="L17" s="0" t="s">
+      <x:c r="B22" s="2">
+        <x:v>45942</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="D22" s="3" t="n">
+        <x:v>0.704166666666667</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
+        <x:v>0.729166666666667</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="L22" s="0" t="s">
+        <x:v>29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>