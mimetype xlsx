--- v1 (2025-12-03)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca8fa5a44d64abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a604393d6ac04bfb8c7d2bb9dc6d9da1.psmdcp" Id="Rcab8b0c970874852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d86a9689b9e4e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/002f2fd2cd0e423f8b81d1a3c1c0fdd0.psmdcp" Id="R41848ce5074c4511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>