--- v2 (2026-01-21)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d86a9689b9e4e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/002f2fd2cd0e423f8b81d1a3c1c0fdd0.psmdcp" Id="R41848ce5074c4511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc6bf235beae4dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8acfa9e5e0a94399855cd55c5fb73e6c.psmdcp" Id="R32a1b0cea0304d63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -52,51 +52,51 @@
   <x:si>
     <x:t>Team A Score</x:t>
   </x:si>
   <x:si>
     <x:t>Team B</x:t>
   </x:si>
   <x:si>
     <x:t>Team B Score</x:t>
   </x:si>
   <x:si>
     <x:t>Venue</x:t>
   </x:si>
   <x:si>
     <x:t>Attendance</x:t>
   </x:si>
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>FINAL / FINALE</x:t>
   </x:si>
   <x:si>
     <x:t>FINAL</x:t>
   </x:si>
   <x:si>
-    <x:t>Gloucester Celtic FC</x:t>
+    <x:t>Gloucester Celtic</x:t>
   </x:si>
   <x:si>
     <x:t>Holy Cross FC (St. John's)</x:t>
   </x:si>
   <x:si>
     <x:t>King George V Park</x:t>
   </x:si>
   <x:si>
     <x:t>Local 13h30</x:t>
   </x:si>
   <x:si>
     <x:t>M01</x:t>
   </x:si>
   <x:si>
     <x:t>Group A</x:t>
   </x:si>
   <x:si>
     <x:t>Edmonton Drillers SC</x:t>
   </x:si>
   <x:si>
     <x:t>Local 10h00</x:t>
   </x:si>
   <x:si>
     <x:t>M02</x:t>
   </x:si>