--- v0 (2025-10-18)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5820257231be4590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdf942dd54454b10a7aa3b89f959763f.psmdcp" Id="R6250a0c15c864772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132fa592ee3d430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fb9459fe6334f418db45b6bceacfedb.psmdcp" Id="R036720e39ab24b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>