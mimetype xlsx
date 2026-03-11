--- v1 (2025-12-13)
+++ v2 (2026-03-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132fa592ee3d430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fb9459fe6334f418db45b6bceacfedb.psmdcp" Id="R036720e39ab24b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcedc9655c7b54fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5d21de0b9e74263a8336f7cf541d2f2.psmdcp" Id="Reb35bf44fe814859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -115,51 +115,51 @@
   <x:si>
     <x:t>SF-E2</x:t>
   </x:si>
   <x:si>
     <x:t>SF-E3</x:t>
   </x:si>
   <x:si>
     <x:t>F1</x:t>
   </x:si>
   <x:si>
     <x:t>FINALE</x:t>
   </x:si>
   <x:si>
     <x:t>Mewata Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>F2</x:t>
   </x:si>
   <x:si>
     <x:t>F3</x:t>
   </x:si>
   <x:si>
     <x:t>SK-AB-1</x:t>
   </x:si>
   <x:si>
-    <x:t>Saskatoon Ahepa</x:t>
+    <x:t>Saskatoon AHEPA</x:t>
   </x:si>
   <x:si>
     <x:t>Mayfair Park</x:t>
   </x:si>
   <x:si>
     <x:t>SK-AB-2</x:t>
   </x:si>
   <x:si>
     <x:t>SK-AB-3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>