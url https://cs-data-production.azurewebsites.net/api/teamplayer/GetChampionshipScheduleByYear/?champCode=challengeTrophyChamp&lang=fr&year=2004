--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd3a34aacba4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7a80ecdee81430ca2b56bcea27f8431.psmdcp" Id="R37271cb6dd2a4f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref07230a666249f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3540633f639645019a34381f626e0f9c.psmdcp" Id="Rc26f21c26f8f42b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>