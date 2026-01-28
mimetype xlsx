--- v1 (2025-12-04)
+++ v2 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref07230a666249f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3540633f639645019a34381f626e0f9c.psmdcp" Id="Rc26f21c26f8f42b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e39d3b4a1a483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf7f5cc2fc4d4834bd7de08be150e382.psmdcp" Id="R484af8820b7c4317" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>