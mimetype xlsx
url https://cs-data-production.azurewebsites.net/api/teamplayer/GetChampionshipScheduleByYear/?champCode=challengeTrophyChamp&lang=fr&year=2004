--- v2 (2026-01-28)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e39d3b4a1a483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf7f5cc2fc4d4834bd7de08be150e382.psmdcp" Id="R484af8820b7c4317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63e528f506a4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35d8356cbbdf4680a7b57118d8bf4221.psmdcp" Id="R5e7c1737e8134e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>