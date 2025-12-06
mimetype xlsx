--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c94b7d132c4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d3991c59bb442df91e3108da39763db.psmdcp" Id="R6215e4d934d94f13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a2d4109feb44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2acba69a18844bc684a229be65cd0ff6.psmdcp" Id="R0393354e137b4034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>