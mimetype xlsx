--- v1 (2025-12-06)
+++ v2 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a2d4109feb44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2acba69a18844bc684a229be65cd0ff6.psmdcp" Id="R0393354e137b4034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc6290dad304941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a17c7d7fc2e740cfbfb1467d46226d21.psmdcp" Id="R17846e1a98af462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>