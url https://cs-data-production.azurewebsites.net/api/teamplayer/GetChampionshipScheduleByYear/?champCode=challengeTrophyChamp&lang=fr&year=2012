--- v2 (2026-01-28)
+++ v3 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc6290dad304941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a17c7d7fc2e740cfbfb1467d46226d21.psmdcp" Id="R17846e1a98af462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24f27e62ae6455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14752673477849f48a04597eecfedeb5.psmdcp" Id="Rc7164414423f4802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>