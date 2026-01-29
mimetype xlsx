--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8588bb1340e44f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/198115a53b014418ae61cbd225450e0c.psmdcp" Id="Rcf43ee1722274a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f59361de25c4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bffe64916e334f52bf030a9107a60b82.psmdcp" Id="R7e0081a37f174332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>