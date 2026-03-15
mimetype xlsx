--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f59361de25c4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bffe64916e334f52bf030a9107a60b82.psmdcp" Id="R7e0081a37f174332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ded1342b79f4630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb38ffc56937489f95cada92d516b59c.psmdcp" Id="Redf06b05cf854ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -109,51 +109,51 @@
   <x:si>
     <x:t>Saskatoon HUSA Alumni</x:t>
   </x:si>
   <x:si>
     <x:t>Edmonton Scottish SC</x:t>
   </x:si>
   <x:si>
     <x:t>King George V Park</x:t>
   </x:si>
   <x:si>
     <x:t>FINAL / FINALE</x:t>
   </x:si>
   <x:si>
     <x:t>FINALE</x:t>
   </x:si>
   <x:si>
     <x:t>Royal-Select Beauport</x:t>
   </x:si>
   <x:si>
     <x:t>M22</x:t>
   </x:si>
   <x:si>
     <x:t>Match pour 5e/6e Place</x:t>
   </x:si>
   <x:si>
-    <x:t>Gloucester Celtic FC</x:t>
+    <x:t>Gloucester Celtic</x:t>
   </x:si>
   <x:si>
     <x:t>Mount Pearl Soccer Complex</x:t>
   </x:si>
   <x:si>
     <x:t>M01</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe A</x:t>
   </x:si>
   <x:si>
     <x:t>FC Winnipeg Lions</x:t>
   </x:si>
   <x:si>
     <x:t>M05</x:t>
   </x:si>
   <x:si>
     <x:t>QF2</x:t>
   </x:si>
   <x:si>
     <x:t>Quarts de finales</x:t>
   </x:si>
   <x:si>
     <x:t>M21</x:t>
   </x:si>