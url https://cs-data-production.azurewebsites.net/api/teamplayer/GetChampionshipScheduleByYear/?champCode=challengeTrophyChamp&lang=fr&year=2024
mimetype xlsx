--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d7a481a961441b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c4a48eb59c943fb9a09bb7335130fe0.psmdcp" Id="Re38b394654224db0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e04514a54c142af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b39f78b9e2e4912a8661a21cc062ab9.psmdcp" Id="R7bf16744fafe423e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>