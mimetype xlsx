--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e04514a54c142af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b39f78b9e2e4912a8661a21cc062ab9.psmdcp" Id="R7bf16744fafe423e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8795441fa1094e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/145339ee6b5e4f5d98e4cad7c7cc9814.psmdcp" Id="R89cce6df2c134e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -52,51 +52,51 @@
   <x:si>
     <x:t>Score de l'Équipe A</x:t>
   </x:si>
   <x:si>
     <x:t>Equipe de l'exterieur</x:t>
   </x:si>
   <x:si>
     <x:t>Score de l'Équipe B</x:t>
   </x:si>
   <x:si>
     <x:t>Stade</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Notes</x:t>
   </x:si>
   <x:si>
     <x:t>M01</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe A</x:t>
   </x:si>
   <x:si>
-    <x:t>Gloucester Celtic FC</x:t>
+    <x:t>Gloucester Celtic</x:t>
   </x:si>
   <x:si>
     <x:t>Whitehorse Yukon Selects FC</x:t>
   </x:si>
   <x:si>
     <x:t>Newton Athletic Park</x:t>
   </x:si>
   <x:si>
     <x:t>M02</x:t>
   </x:si>
   <x:si>
     <x:t>Coquitlam Metro-Ford SC</x:t>
   </x:si>
   <x:si>
     <x:t>Edmonton Scottish SC</x:t>
   </x:si>
   <x:si>
     <x:t>M05</x:t>
   </x:si>
   <x:si>
     <x:t>Field #4</x:t>
   </x:si>
   <x:si>
     <x:t>M06</x:t>
   </x:si>