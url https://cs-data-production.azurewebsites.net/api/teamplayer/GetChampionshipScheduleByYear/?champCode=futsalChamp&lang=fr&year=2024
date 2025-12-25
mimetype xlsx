--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d5dc5545d34c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3897a75a28d48f99547cf705dec979a.psmdcp" Id="R11a817ca5d944d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75218c70d79b4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/070ced970a764a929e8793622e67655d.psmdcp" Id="R3e6e839e53dd48b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>