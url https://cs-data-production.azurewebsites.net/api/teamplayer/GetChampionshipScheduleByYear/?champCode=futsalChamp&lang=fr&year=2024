--- v1 (2025-12-25)
+++ v2 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75218c70d79b4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/070ced970a764a929e8793622e67655d.psmdcp" Id="R3e6e839e53dd48b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2fca6b4c5742a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff77bc82484e48429dd5d504ad12ffec.psmdcp" Id="R43c5b59a36274d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>