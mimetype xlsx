--- v2 (2026-03-12)
+++ v3 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2fca6b4c5742a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff77bc82484e48429dd5d504ad12ffec.psmdcp" Id="R43c5b59a36274d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fbb641481c84398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96cf0c877ec14d38a2f1f490a8cecf31.psmdcp" Id="R5c0c1ab7fc504e6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>