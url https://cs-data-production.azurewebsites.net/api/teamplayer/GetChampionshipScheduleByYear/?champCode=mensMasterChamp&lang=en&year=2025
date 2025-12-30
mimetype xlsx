--- v0 (2025-10-25)
+++ v1 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd68410fadc414aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/674bc7a4cc044b87a67ca1750d71cc09.psmdcp" Id="R8465f9ebbdcc4041" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e82736ed7ec4466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dce77ed7255c48bcade3aab1985a734b.psmdcp" Id="R571454753f3241ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -633,469 +633,508 @@
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D2" s="3" t="n">
         <x:v>0.427083333333333</x:v>
       </x:c>
       <x:c r="E2" s="3" t="n">
         <x:v>0.427083333333333</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I2" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="K2" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="L2" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:12">
       <x:c r="A3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B3" s="2">
         <x:v>45932</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D3" s="3" t="n">
         <x:v>0.517361111111111</x:v>
       </x:c>
       <x:c r="E3" s="3" t="n">
         <x:v>0.541666666666667</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K3" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:12">
       <x:c r="A4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B4" s="2">
         <x:v>45932</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
         <x:v>0.517361111111111</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>0.541666666666667</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K4" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:12">
       <x:c r="A5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="2">
         <x:v>45932</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>0.423611111111111</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>0.447916666666667</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K5" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12">
       <x:c r="A6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="2">
         <x:v>45932</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>0.423611111111111</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0.447916666666667</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K6" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12">
       <x:c r="A7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="2">
         <x:v>45933</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>0.517361111111111</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>0.541666666666667</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I7" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K7" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12">
       <x:c r="A8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B8" s="2">
         <x:v>45933</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>0.423611111111111</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>0.447916666666667</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I8" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K8" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12">
       <x:c r="A9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B9" s="2">
         <x:v>45933</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>0.517361111111111</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>0.541666666666667</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I9" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K9" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12">
       <x:c r="A10" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B10" s="2">
         <x:v>45933</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>0.423611111111111</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>0.447916666666667</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K10" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12">
       <x:c r="A11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="2">
         <x:v>45934</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>0.475694444444444</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K11" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12">
       <x:c r="A12" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="2">
         <x:v>45934</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>0.475694444444444</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K12" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12">
       <x:c r="A13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B13" s="2">
         <x:v>45934</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>0.381944444444444</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>0.40625</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
+      <x:c r="K13" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12">
       <x:c r="A14" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B14" s="2">
         <x:v>45934</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>0.381944444444444</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>0.40625</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>22</x:v>
+      </x:c>
+      <x:c r="K14" s="0" t="n">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12">
       <x:c r="A15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="2">
         <x:v>45935</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>0.375</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>0.375</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">