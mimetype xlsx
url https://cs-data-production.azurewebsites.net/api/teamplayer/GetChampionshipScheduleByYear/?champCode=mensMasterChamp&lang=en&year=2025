--- v1 (2025-12-30)
+++ v2 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e82736ed7ec4466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dce77ed7255c48bcade3aab1985a734b.psmdcp" Id="R571454753f3241ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0460c4b868c14a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a268d6a99014133bb57ba77ee06f5b7.psmdcp" Id="R330dbff659b84566" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>