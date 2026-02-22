--- v2 (2026-02-22)
+++ v3 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0460c4b868c14a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a268d6a99014133bb57ba77ee06f5b7.psmdcp" Id="R330dbff659b84566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69a06534107848e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d56392417da4d9bb5e2fb5fbf86999a.psmdcp" Id="R7dd7b27a0bd34c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>