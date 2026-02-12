--- v0 (2025-12-24)
+++ v1 (2026-02-12)
@@ -1,93 +1,288 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7dd122672264d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2538b1296bd4338b735d8848628edd4.psmdcp" Id="R646155b95a7c4d32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae50f05bbe504ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36347b7ec84c4277a49ae3018f332e6d.psmdcp" Id="Rf7bb0864995e4b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Group Phase</x:t>
   </x:si>
   <x:si>
     <x:t>Temps d'échauffement (HNE)</x:t>
   </x:si>
   <x:si>
     <x:t>Heure du coup d'envoi (EST)</x:t>
   </x:si>
   <x:si>
     <x:t>Equipe a domicile</x:t>
   </x:si>
   <x:si>
     <x:t>Score de l'Équipe A</x:t>
   </x:si>
   <x:si>
     <x:t>Equipe de l'exterieur</x:t>
   </x:si>
   <x:si>
     <x:t>Score de l'Équipe B</x:t>
   </x:si>
   <x:si>
     <x:t>Stade</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance</x:t>
   </x:si>
   <x:si>
     <x:t>Notes</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">M01 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Ontario)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Groupe A3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newton Athletic Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Québec)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Groupe B3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Manitoba)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Group C3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Alberta)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Group D3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">M05 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (GroupeA2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Groupe B2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Group C2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Group D2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">M09 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>M10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M12</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">M13 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Éliminatoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe A / 3e place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe D / 3e place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe B / 3e place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe C / 3e place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarts de finales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarts de finale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">M15 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Match pour 11e/12e Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (équipe)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Match pour 9e/10e Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Match pour 7e/8e Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Match pour 5e/6e Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demi-Finales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Gagnant du match QF1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Gagnant du match QF3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Gagnant du match QF2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">M19 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Match pour 3e/4e Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Perdant du match SF1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Perdant du match SF2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FINAL / FINALE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FINALE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Gagnant du match SF1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tbc (Gagnant du match SF2)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -102,65 +297,72 @@
     <x:fill>
       <x:patternFill patternType="solid">
         <x:fgColor rgb="FFD3D3D3"/>
       </x:patternFill>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="2">
+  <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="2">
+  <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -417,105 +619,625 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:L1"/>
+  <x:dimension ref="A1:L27"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.570625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="5.980625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="12.930625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="24.420625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="27.390625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="26.320625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="17.220625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="26.230625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="18.470625" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="19.920625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="26.230625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="18.380625" style="0" customWidth="1"/>
-    <x:col min="10" max="10" width="6.770625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="19.960625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="10.950625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L1" s="1" t="s">
         <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:12">
+      <x:c r="A2" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B2" s="2">
+        <x:v>46302</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F2" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H2" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J2" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:12">
+      <x:c r="A3" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B3" s="2">
+        <x:v>46302</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J3" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:12">
+      <x:c r="A4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B4" s="2">
+        <x:v>46302</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:12">
+      <x:c r="A5" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B5" s="2">
+        <x:v>46302</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:12">
+      <x:c r="A6" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B6" s="2">
+        <x:v>46303</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J6" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:12">
+      <x:c r="A7" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B7" s="2">
+        <x:v>46303</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:12">
+      <x:c r="A8" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B8" s="2">
+        <x:v>46303</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F8" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:12">
+      <x:c r="A9" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B9" s="2">
+        <x:v>46303</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="J9" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:12">
+      <x:c r="A10" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B10" s="2">
+        <x:v>46304</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:12">
+      <x:c r="A11" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B11" s="2">
+        <x:v>46304</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:12">
+      <x:c r="A12" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B12" s="2">
+        <x:v>46304</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:12">
+      <x:c r="A13" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B13" s="2">
+        <x:v>46304</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:12">
+      <x:c r="A14" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B14" s="2">
+        <x:v>46305</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="J14" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:12">
+      <x:c r="A15" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B15" s="2">
+        <x:v>46305</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:12">
+      <x:c r="A16" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B16" s="2">
+        <x:v>46305</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:12">
+      <x:c r="A17" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B17" s="2">
+        <x:v>46305</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:12">
+      <x:c r="A18" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B18" s="2">
+        <x:v>46305</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:12">
+      <x:c r="A19" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B19" s="2">
+        <x:v>46305</x:v>
+      </x:c>
+      <x:c r="C19" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:12">
+      <x:c r="A20" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B20" s="2">
+        <x:v>46306</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:12">
+      <x:c r="A21" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B21" s="2">
+        <x:v>46306</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:12">
+      <x:c r="A22" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B22" s="2">
+        <x:v>46306</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:12">
+      <x:c r="A23" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B23" s="2">
+        <x:v>46306</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:12">
+      <x:c r="A24" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B24" s="2">
+        <x:v>46306</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F24" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H24" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J24" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:12">
+      <x:c r="A25" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B25" s="2">
+        <x:v>46306</x:v>
+      </x:c>
+      <x:c r="C25" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:12">
+      <x:c r="A26" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B26" s="2">
+        <x:v>46307</x:v>
+      </x:c>
+      <x:c r="C26" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F26" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H26" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J26" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:12">
+      <x:c r="A27" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B27" s="2">
+        <x:v>46307</x:v>
+      </x:c>
+      <x:c r="C27" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F27" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J27" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>