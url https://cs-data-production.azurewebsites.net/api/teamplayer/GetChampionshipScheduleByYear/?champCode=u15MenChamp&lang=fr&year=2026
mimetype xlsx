--- v1 (2026-02-12)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae50f05bbe504ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36347b7ec84c4277a49ae3018f332e6d.psmdcp" Id="Rf7bb0864995e4b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20420a26790745f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c346efd80ff244afb6f3b0c95bed34b0.psmdcp" Id="R6fe078eb71a84779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>