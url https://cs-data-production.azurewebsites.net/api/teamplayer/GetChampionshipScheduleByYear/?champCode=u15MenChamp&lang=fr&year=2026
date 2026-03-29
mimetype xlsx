--- v2 (2026-02-12)
+++ v3 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20420a26790745f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c346efd80ff244afb6f3b0c95bed34b0.psmdcp" Id="R6fe078eb71a84779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f138d0dbf54b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af3ea2f78f974acfa4d903d6680f283e.psmdcp" Id="R6192ecd2899f4d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>