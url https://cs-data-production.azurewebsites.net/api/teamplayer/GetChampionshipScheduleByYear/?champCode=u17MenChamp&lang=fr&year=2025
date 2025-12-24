--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b1614cbac844918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f001fc3ef4a0483eb514bcdf8503583c.psmdcp" Id="R41b0e16445454aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0272fbb3e348ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ed6eac8237743e9a0d912147bb4f45c.psmdcp" Id="R23a55e1dbfe746d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -884,50 +884,53 @@
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>0.628472222222222</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0.652777777777778</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="K6" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12">
       <x:c r="A7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B7" s="2">
         <x:v>45939</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>0.628472222222222</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>0.652777777777778</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>0</x:v>
@@ -1374,50 +1377,53 @@
         <x:v>45942</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>0.642361111111111</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>0.666666666666667</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G19" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="I19" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>16</x:v>
+      </x:c>
+      <x:c r="K19" s="0" t="n">
+        <x:v>30</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12">
       <x:c r="A20" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B20" s="2">
         <x:v>45942</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>0.711805555555556</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>0.736111111111111</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">