--- v1 (2025-12-24)
+++ v2 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0272fbb3e348ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ed6eac8237743e9a0d912147bb4f45c.psmdcp" Id="R23a55e1dbfe746d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdece541d7d9245e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ba827463f5e473fbc73f13b7f753dc1.psmdcp" Id="R32c4402832424b4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Numero de match</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>