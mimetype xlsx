--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ebe1278755456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68d5af3b764745b9a11be0218ee0e114.psmdcp" Id="R79e4ae40ac094d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5942ae93de453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bba21a75e2244a82b2ed72b995dc4d6f.psmdcp" Id="Re0fbb5dd7a0b4511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
@@ -776,50 +776,53 @@
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D3" s="3" t="n">
         <x:v>0.694444444444444</x:v>
       </x:c>
       <x:c r="E3" s="3" t="n">
         <x:v>0.71875</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="K3" s="0" t="n">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:12">
       <x:c r="A4" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B4" s="2">
         <x:v>45938</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
         <x:v>0.694444444444444</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>0.71875</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>2</x:v>
@@ -1342,50 +1345,53 @@
         <x:v>45942</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>0.767361111111111</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>0.791666666666667</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G18" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>16</x:v>
+      </x:c>
+      <x:c r="K18" s="0" t="n">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12">
       <x:c r="A19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="2">
         <x:v>45942</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>0.642361111111111</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>0.666666666666667</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G19" s="0" t="n">