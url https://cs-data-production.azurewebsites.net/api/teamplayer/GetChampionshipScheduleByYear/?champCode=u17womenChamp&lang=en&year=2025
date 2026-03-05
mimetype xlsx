--- v1 (2025-12-08)
+++ v2 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5942ae93de453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bba21a75e2244a82b2ed72b995dc4d6f.psmdcp" Id="Re0fbb5dd7a0b4511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ba13270ed247fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c9e62fd80fd42acb84a68b29c0e8660.psmdcp" Id="Rf02eeca4ea094b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Schedule" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <x:si>
     <x:t>Match Number</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>