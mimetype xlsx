--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488d486729244fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8550a77c7800461facf980fca9d79da3.psmdcp" Id="R019d05fb272e4573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a89c51626443f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12f588abf280414a91bdfd035347af6c.psmdcp" Id="R4ad5c7e1ccc04429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>