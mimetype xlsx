--- v1 (2025-12-08)
+++ v2 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a89c51626443f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12f588abf280414a91bdfd035347af6c.psmdcp" Id="R4ad5c7e1ccc04429" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8e60fc8c5e74931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/743c07f27b454dc9a9a27f75d6e5c96f.psmdcp" Id="R43030cef83aa468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>