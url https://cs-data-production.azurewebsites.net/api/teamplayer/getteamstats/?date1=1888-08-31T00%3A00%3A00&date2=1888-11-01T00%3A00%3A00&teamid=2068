--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8e60fc8c5e74931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/743c07f27b454dc9a9a27f75d6e5c96f.psmdcp" Id="R43030cef83aa468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca3118ed191143e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95ceddd814204fedbbeecd343312b9f6.psmdcp" Id="R42529ef6bd9d4eef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>