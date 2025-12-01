--- v0 (2025-10-11)
+++ v1 (2025-12-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4efcca7fb5442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04cafa8aa26a494f9bc234069a5e1332.psmdcp" Id="R0b42c812dff04caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe6f9fba5cf4b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93aab026370449a3931293e1a1185a9f.psmdcp" Id="R59d9e039cad24fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>