--- v1 (2025-12-01)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe6f9fba5cf4b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93aab026370449a3931293e1a1185a9f.psmdcp" Id="R59d9e039cad24fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204a5f62773e4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24d87835e10144bbbcf62655a47ba801.psmdcp" Id="R9dc0aec3fa5f41e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>