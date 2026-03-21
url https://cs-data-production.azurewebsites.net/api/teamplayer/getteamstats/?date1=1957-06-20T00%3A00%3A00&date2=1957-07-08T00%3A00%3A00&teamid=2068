--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204a5f62773e4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24d87835e10144bbbcf62655a47ba801.psmdcp" Id="R9dc0aec3fa5f41e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11c58c7fe464479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2edf8d2098c048e9bebeef7267edafc8.psmdcp" Id="R152bae60a6ea4da9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>