--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf2fde21fec4d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7cf0d37b38241ad841fd91f50d363b0.psmdcp" Id="R9426dbc62ae549d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R966beb9771be4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8625f63282b74b3198d9d3fa1d9478a1.psmdcp" Id="Rfad97b3246784206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>