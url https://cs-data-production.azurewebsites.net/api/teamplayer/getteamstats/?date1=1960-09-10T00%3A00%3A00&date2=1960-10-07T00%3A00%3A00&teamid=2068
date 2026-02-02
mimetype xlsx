--- v1 (2025-12-10)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R966beb9771be4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8625f63282b74b3198d9d3fa1d9478a1.psmdcp" Id="Rfad97b3246784206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b9d0da00f64167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dd300275b0b42789ca009c7e5558340.psmdcp" Id="Rb9063f4746d94d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>