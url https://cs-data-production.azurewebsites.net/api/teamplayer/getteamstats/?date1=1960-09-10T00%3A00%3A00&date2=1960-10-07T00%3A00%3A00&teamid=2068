--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b9d0da00f64167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dd300275b0b42789ca009c7e5558340.psmdcp" Id="Rb9063f4746d94d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f3c7807b1c487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/411d0d2bbce7428393f6849ad4d83085.psmdcp" Id="R9e766b86fb424ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>