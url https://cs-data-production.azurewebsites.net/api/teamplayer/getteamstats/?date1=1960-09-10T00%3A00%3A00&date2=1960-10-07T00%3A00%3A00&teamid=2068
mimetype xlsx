--- v3 (2026-02-02)
+++ v4 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f3c7807b1c487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/411d0d2bbce7428393f6849ad4d83085.psmdcp" Id="R9e766b86fb424ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff037b43e61141f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/800ec5a211dd4d86a4a11438e614b3b1.psmdcp" Id="R1bc951ef510d49f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>