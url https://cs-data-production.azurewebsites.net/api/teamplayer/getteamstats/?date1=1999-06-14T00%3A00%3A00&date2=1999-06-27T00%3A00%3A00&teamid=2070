--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc38ce2c8c4a848dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/febfbb7cddcc4c1482a2a597a5ccf140.psmdcp" Id="R2c90b6683f644344" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R663b28a9741047be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10b42dcdb58d48c8b4963034cdcde29a.psmdcp" Id="Rb5d5e950e77f44ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>