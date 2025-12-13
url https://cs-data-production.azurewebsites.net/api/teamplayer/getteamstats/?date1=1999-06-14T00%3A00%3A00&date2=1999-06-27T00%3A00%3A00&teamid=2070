--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R663b28a9741047be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10b42dcdb58d48c8b4963034cdcde29a.psmdcp" Id="Rb5d5e950e77f44ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb716901fa24c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43954ef4c80545029a6a4446c17ff67b.psmdcp" Id="R879cc6a0f246402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>