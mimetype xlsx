--- v2 (2025-12-13)
+++ v3 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb716901fa24c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43954ef4c80545029a6a4446c17ff67b.psmdcp" Id="R879cc6a0f246402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e24eb266104c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae28fd4db2e74968845a2a23309d55e2.psmdcp" Id="R3e280760b45447dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>