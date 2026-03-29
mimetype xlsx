--- v3 (2026-02-03)
+++ v4 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e24eb266104c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae28fd4db2e74968845a2a23309d55e2.psmdcp" Id="R3e280760b45447dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6330a0fa2242e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4f1177cd5794a3ba5c095911246946b.psmdcp" Id="R4a60ff0438454f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>