--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34911d61b8b245e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44b6d53060694ad0bd86df78713c792f.psmdcp" Id="R0212c14b527c467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1329e331f0824f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b0c3ab3666f4dcd9fc0c629ca3aca84.psmdcp" Id="R88ca24fdc6dc4560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="canw" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>