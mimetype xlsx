--- v1 (2025-12-06)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1329e331f0824f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b0c3ab3666f4dcd9fc0c629ca3aca84.psmdcp" Id="R88ca24fdc6dc4560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118db8bc98ce4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca593d97ca744427952f55fa85d0399d.psmdcp" Id="R9e91f5305d1843bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="canw" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>