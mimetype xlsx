--- v2 (2025-12-13)
+++ v3 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118db8bc98ce4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca593d97ca744427952f55fa85d0399d.psmdcp" Id="R9e91f5305d1843bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1faa1f8fd48a4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a00e63e9f8fc46ee8169f4ee4a5bc158.psmdcp" Id="Rae2c8c2596ec46c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="canw" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>