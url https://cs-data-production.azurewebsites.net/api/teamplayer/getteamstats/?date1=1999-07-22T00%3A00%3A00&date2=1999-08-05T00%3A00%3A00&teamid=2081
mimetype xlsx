--- v3 (2026-02-02)
+++ v4 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1faa1f8fd48a4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a00e63e9f8fc46ee8169f4ee4a5bc158.psmdcp" Id="Rae2c8c2596ec46c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb689f24b0a00409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e54db6b2c3444fb49dd942b50c1a9a8e.psmdcp" Id="R64bc16c71a3c47e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="canw" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>