--- v4 (2026-03-21)
+++ v5 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb689f24b0a00409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e54db6b2c3444fb49dd942b50c1a9a8e.psmdcp" Id="R64bc16c71a3c47e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d6939918ba4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f6bed2dfbdf4e69a452c41b1e6b1986.psmdcp" Id="R66ffee19fef84abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="canw" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>