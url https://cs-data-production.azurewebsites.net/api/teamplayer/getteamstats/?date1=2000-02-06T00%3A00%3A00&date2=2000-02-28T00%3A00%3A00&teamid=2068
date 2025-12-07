--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315a6fa40f554d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9eedd3a808f4e01997ff3c58ff98278.psmdcp" Id="R6a944209a2d84f2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaacbc6d57de4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e51f1c3068ca48c08d8d6c9292a240b5.psmdcp" Id="R0c3234d2b02f4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>