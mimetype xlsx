--- v1 (2025-12-07)
+++ v2 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaacbc6d57de4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e51f1c3068ca48c08d8d6c9292a240b5.psmdcp" Id="R0c3234d2b02f4724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c37635b3775443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c4edcfcc3d04fa3be8c827ae5ed61c0.psmdcp" Id="R42bb13d558c040bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>