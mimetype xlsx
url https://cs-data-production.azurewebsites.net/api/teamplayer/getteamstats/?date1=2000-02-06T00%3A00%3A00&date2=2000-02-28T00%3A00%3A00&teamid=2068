--- v2 (2026-01-27)
+++ v3 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c37635b3775443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c4edcfcc3d04fa3be8c827ae5ed61c0.psmdcp" Id="R42bb13d558c040bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8609faa3a8fa435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff44448f63e5422a825f3e7c968c8929.psmdcp" Id="R6d7b816ac53d4bd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>