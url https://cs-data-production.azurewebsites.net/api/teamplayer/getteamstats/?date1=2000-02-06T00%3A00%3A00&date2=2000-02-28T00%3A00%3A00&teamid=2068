--- v3 (2026-01-27)
+++ v4 (2026-03-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8609faa3a8fa435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff44448f63e5422a825f3e7c968c8929.psmdcp" Id="R6d7b816ac53d4bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b1857c981774712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ee04b544bc84a2891a08cd3d1722d82.psmdcp" Id="R243c29cf70604db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>