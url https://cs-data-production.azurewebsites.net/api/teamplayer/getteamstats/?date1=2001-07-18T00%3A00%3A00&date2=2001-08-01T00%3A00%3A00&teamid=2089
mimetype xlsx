--- v0 (2025-10-18)
+++ v1 (2026-01-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabd1aa80ed454b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40d4dcdda72b481caa1916d9e35180bc.psmdcp" Id="R524ffb565d3447ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5e87a4ab124610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51ef052204204faa889be5cd502ffb81.psmdcp" Id="R8d3382cdb8ab4f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-21" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1092,51 +1092,51 @@
       </x:c>
       <x:c r="J15" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K15" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K16" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">