--- v1 (2026-01-18)
+++ v2 (2026-01-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5e87a4ab124610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51ef052204204faa889be5cd502ffb81.psmdcp" Id="R8d3382cdb8ab4f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963b8f966de54c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3166c811fbaa492494bf20d966a5a071.psmdcp" Id="Re67b9eafb1054fc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-21" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>