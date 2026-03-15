--- v2 (2026-01-18)
+++ v3 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963b8f966de54c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3166c811fbaa492494bf20d966a5a071.psmdcp" Id="Re67b9eafb1054fc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15e4e9a21cfa4485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0640335c50074b35bc13bb34e1e08aa4.psmdcp" Id="Rb5e26d61a07448f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-21" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>