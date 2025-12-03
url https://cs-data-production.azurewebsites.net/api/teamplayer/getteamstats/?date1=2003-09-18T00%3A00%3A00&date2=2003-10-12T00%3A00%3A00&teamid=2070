--- v0 (2025-10-11)
+++ v1 (2025-12-03)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R503a1f2f3be84533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8d38795779f4af4817c5078da974892.psmdcp" Id="R29a021f797834018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6dd431932964084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f11fa13caf945bc87486beec9dfb107.psmdcp" Id="R8259e134d4214bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="79">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
     <x:t>Full Name</x:t>
   </x:si>
   <x:si>
     <x:t>Country / Club</x:t>
   </x:si>
   <x:si>
     <x:t>Age</x:t>
   </x:si>
   <x:si>
     <x:t>Where they grew up</x:t>
   </x:si>
   <x:si>
     <x:t>Phonetic</x:t>
   </x:si>
   <x:si>
     <x:t>Canada Appearances</x:t>
   </x:si>
   <x:si>
@@ -242,53 +242,50 @@
     <x:t>https://www.canadasoccer.com/profile/?id=557</x:t>
   </x:si>
   <x:si>
     <x:t>Tanya Dennis</x:t>
   </x:si>
   <x:si>
     <x:t>Brampton, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=923</x:t>
   </x:si>
   <x:si>
     <x:t>Erin McLeod</x:t>
   </x:si>
   <x:si>
     <x:t>Edmonton &amp; Calgary, Alberta, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>mih-KLOUD</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=2127</x:t>
   </x:si>
   <x:si>
     <x:t>Taryn Swiatek</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t xml:space="preserve">Calgary, </x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=3106</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -1297,63 +1294,63 @@
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K20" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K21" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="K2" r:id="rId5"/>
     <x:hyperlink ref="K3" r:id="rId6"/>
     <x:hyperlink ref="K4" r:id="rId7"/>
     <x:hyperlink ref="K5" r:id="rId8"/>
     <x:hyperlink ref="K6" r:id="rId9"/>
     <x:hyperlink ref="K7" r:id="rId10"/>
     <x:hyperlink ref="K8" r:id="rId11"/>
     <x:hyperlink ref="K9" r:id="rId12"/>
     <x:hyperlink ref="K10" r:id="rId13"/>
     <x:hyperlink ref="K11" r:id="rId14"/>
     <x:hyperlink ref="K12" r:id="rId15"/>
     <x:hyperlink ref="K13" r:id="rId16"/>
     <x:hyperlink ref="K14" r:id="rId17"/>
     <x:hyperlink ref="K15" r:id="rId18"/>
     <x:hyperlink ref="K16" r:id="rId19"/>
     <x:hyperlink ref="K17" r:id="rId20"/>
     <x:hyperlink ref="K18" r:id="rId21"/>
     <x:hyperlink ref="K19" r:id="rId22"/>
     <x:hyperlink ref="K20" r:id="rId23"/>
     <x:hyperlink ref="K21" r:id="rId24"/>
   </x:hyperlinks>