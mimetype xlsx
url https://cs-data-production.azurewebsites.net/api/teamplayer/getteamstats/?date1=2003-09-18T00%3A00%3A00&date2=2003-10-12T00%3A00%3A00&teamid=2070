--- v1 (2025-12-03)
+++ v2 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6dd431932964084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f11fa13caf945bc87486beec9dfb107.psmdcp" Id="R8259e134d4214bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fa37c9ce6144e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cc9885c81ea46a0ae4704d2e1ae5465.psmdcp" Id="R168b4a5bd4ad4f80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="79">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>