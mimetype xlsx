--- v2 (2026-02-08)
+++ v3 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fa37c9ce6144e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0cc9885c81ea46a0ae4704d2e1ae5465.psmdcp" Id="R168b4a5bd4ad4f80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab7ce59f7ad44714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/163adc3b7e3c4afebc5c7ebad8a134a4.psmdcp" Id="R5a1575d3cb034cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="79">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>