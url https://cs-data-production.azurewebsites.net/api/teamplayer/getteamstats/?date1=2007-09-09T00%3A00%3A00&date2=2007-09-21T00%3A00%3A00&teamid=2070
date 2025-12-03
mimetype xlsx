--- v0 (2025-10-13)
+++ v1 (2025-12-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b90424ef3841c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68f350b91b4e4b629d92b11d187fa6c9.psmdcp" Id="Raa89b3b88b6641e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb7e5916c7ef471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/156df1599ae34088b8a83240e8bffe47.psmdcp" Id="R0b2b4fdb742443ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -235,51 +235,51 @@
   <x:si>
     <x:t>Edmonton &amp; Calgary, Alberta, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>mih-KLOUD</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=2127</x:t>
   </x:si>
   <x:si>
     <x:t>Sophie Schmidt</x:t>
   </x:si>
   <x:si>
     <x:t>Abbotsford, ﻿British Columbia, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>SOPH-ee SCH-mit</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=2871</x:t>
   </x:si>
   <x:si>
     <x:t>Taryn Swiatek</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Calgary, </x:t>
+    <x:t>Calgary, Alberta, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=3106</x:t>
   </x:si>
   <x:si>
     <x:t>Jodi-Ann Robinson</x:t>
   </x:si>
   <x:si>
     <x:t>Richmond, ﻿British Columbia, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=2732</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>