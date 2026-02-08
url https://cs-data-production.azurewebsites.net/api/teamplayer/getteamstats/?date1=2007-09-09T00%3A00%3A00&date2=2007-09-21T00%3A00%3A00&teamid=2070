--- v1 (2025-12-03)
+++ v2 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb7e5916c7ef471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/156df1599ae34088b8a83240e8bffe47.psmdcp" Id="R0b2b4fdb742443ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ca74da0fe14d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fb89663d1024abdb46fa0e333d8b67a.psmdcp" Id="R2aa5d003802f47bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>