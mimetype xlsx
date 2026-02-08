--- v2 (2026-02-08)
+++ v3 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ca74da0fe14d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fb89663d1024abdb46fa0e333d8b67a.psmdcp" Id="R2aa5d003802f47bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1306c6847413414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fdd5f5085ada4c03962dc3e4ed8082fa.psmdcp" Id="Rd4759ee337ac494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>