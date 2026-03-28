--- v3 (2026-02-08)
+++ v4 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1306c6847413414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fdd5f5085ada4c03962dc3e4ed8082fa.psmdcp" Id="Rd4759ee337ac494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7750f9e2ba84de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2989c87f9a4a4828919486a818473fd7.psmdcp" Id="Rebbe47e9b2ca4cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>