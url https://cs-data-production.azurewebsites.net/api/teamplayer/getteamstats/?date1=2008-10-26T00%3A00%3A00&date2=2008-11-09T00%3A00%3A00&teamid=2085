--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e6d6632919f42f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74f7feafe666420ab0bcd652ec65254c.psmdcp" Id="Rcaec52c07dfa4f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radd14addf95e49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13db97d85712470094d0175d7d4969e3.psmdcp" Id="R3b450b8cdf1e44a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -832,51 +832,51 @@
       </x:c>
       <x:c r="J5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K6" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E7" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
@@ -1192,51 +1192,51 @@
       </x:c>
       <x:c r="J17" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K18" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">