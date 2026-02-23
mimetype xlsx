--- v1 (2026-01-07)
+++ v2 (2026-02-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radd14addf95e49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13db97d85712470094d0175d7d4969e3.psmdcp" Id="R3b450b8cdf1e44a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b56a318ff94eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f69a6d108404c13977afbb8394cfb27.psmdcp" Id="R898f2c60412040a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>