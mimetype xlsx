--- v0 (2025-10-02)
+++ v1 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28f313969f0c4f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8911e7ea0270457fa3d14bbbb51411e2.psmdcp" Id="R911a5ed09d0349b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb777232a26fc4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85acfa1a73514dfe8cb532aafc65083d.psmdcp" Id="R3e781f0edb934a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1007,51 +1007,51 @@
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">