--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb777232a26fc4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85acfa1a73514dfe8cb532aafc65083d.psmdcp" Id="R3e781f0edb934a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4994b0021d94132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/622fc27919fd40d3b2cc04bff3596a83.psmdcp" Id="Rf56d9526c7074b16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>