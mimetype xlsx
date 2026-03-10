--- v2 (2026-03-10)
+++ v3 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4994b0021d94132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/622fc27919fd40d3b2cc04bff3596a83.psmdcp" Id="Rf56d9526c7074b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1d41c4c1a044b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b73feb578a134d3c9710a930141f6e8c.psmdcp" Id="R1ca87e5f3b6b4fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>