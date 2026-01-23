--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref07801b131b483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c719f93b04f84837865fac8db2daa010.psmdcp" Id="R8b5a095800f54a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f57c41c01024fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00accb926f984cb3b682cc16444ce59f.psmdcp" Id="Red641dbb985f4436" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="137">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
     <x:t>Full Name</x:t>
   </x:si>
   <x:si>
     <x:t>Country / Club</x:t>
   </x:si>
   <x:si>
     <x:t>Age</x:t>
   </x:si>
   <x:si>
     <x:t>Where they grew up</x:t>
   </x:si>
   <x:si>
     <x:t>Phonetic</x:t>
   </x:si>
   <x:si>
     <x:t>Canada Appearances</x:t>
   </x:si>
   <x:si>
@@ -142,51 +142,51 @@
   <x:si>
     <x:t>Stefan Cebara</x:t>
   </x:si>
   <x:si>
     <x:t>Calgary, AB &amp; Windsor, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=653</x:t>
   </x:si>
   <x:si>
     <x:t>Terry Dunfield</x:t>
   </x:si>
   <x:si>
     <x:t>Vancouver, ﻿British Columbia, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=1043</x:t>
   </x:si>
   <x:si>
     <x:t>Jackson Farmer</x:t>
   </x:si>
   <x:si>
     <x:t>CAN / Vancouver Whitecaps FC</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Edmonton, </x:t>
+    <x:t>Edmonton, Alberta, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=1107</x:t>
   </x:si>
   <x:si>
     <x:t>Russell Teibert</x:t>
   </x:si>
   <x:si>
     <x:t>Niagara Falls, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>TIE-burt</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=3138</x:t>
   </x:si>
   <x:si>
     <x:t>FB</x:t>
   </x:si>
   <x:si>
     <x:t>Samuel Adekugbe</x:t>
   </x:si>
   <x:si>
     <x:t>Calgary, Alberta, Canada</x:t>
   </x:si>
@@ -293,53 +293,50 @@
     <x:t>https://www.canadasoccer.com/profile/?id=891</x:t>
   </x:si>
   <x:si>
     <x:t>Julian de Guzman</x:t>
   </x:si>
   <x:si>
     <x:t>GRE / Skoda Xanth</x:t>
   </x:si>
   <x:si>
     <x:t>Scarborough, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>JOOL-yin də-GOOZ-min</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=890</x:t>
   </x:si>
   <x:si>
     <x:t>GK</x:t>
   </x:si>
   <x:si>
     <x:t>Lars Hirschfeld</x:t>
   </x:si>
   <x:si>
     <x:t>NOR / Vålerenga Fotball</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Edmonton, Alberta, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=1489</x:t>
   </x:si>
   <x:si>
     <x:t>Tosaint Ricketts</x:t>
   </x:si>
   <x:si>
     <x:t>NOR / Sandnes Ulf</x:t>
   </x:si>
   <x:si>
     <x:t>tuh-SAINT</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=2703</x:t>
   </x:si>
   <x:si>
     <x:t>Kenny Stamatopoulos</x:t>
   </x:si>
   <x:si>
     <x:t>SWE / AIK Fotbol</x:t>
   </x:si>
   <x:si>
     <x:t>Markham, Ontario, Canada</x:t>
   </x:si>
@@ -1582,424 +1579,424 @@
       </x:c>
       <x:c r="J23" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K23" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E24" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H24" s="0" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I24" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J24" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K24" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="E25" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H25" s="0" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I25" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J25" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K25" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="E26" s="0" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I26" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J26" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K26" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="E27" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H27" s="0" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I27" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J27" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K27" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="E28" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H28" s="0" t="n">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I28" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J28" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K28" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="E29" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I29" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J29" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K29" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E30" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G30" s="0" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="H30" s="0" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I30" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J30" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K30" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E31" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I31" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J31" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K31" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E32" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H32" s="0" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I32" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="J32" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K32" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="E33" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H33" s="0" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I33" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J33" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K33" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="E34" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="G34" s="0" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="H34" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I34" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J34" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K34" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="E35" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H35" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I35" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J35" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K35" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="K2" r:id="rId5"/>
     <x:hyperlink ref="K3" r:id="rId6"/>
     <x:hyperlink ref="K4" r:id="rId7"/>
     <x:hyperlink ref="K5" r:id="rId8"/>
     <x:hyperlink ref="K6" r:id="rId9"/>
     <x:hyperlink ref="K7" r:id="rId10"/>
     <x:hyperlink ref="K8" r:id="rId11"/>
     <x:hyperlink ref="K9" r:id="rId12"/>
     <x:hyperlink ref="K10" r:id="rId13"/>
     <x:hyperlink ref="K11" r:id="rId14"/>
     <x:hyperlink ref="K12" r:id="rId15"/>
     <x:hyperlink ref="K13" r:id="rId16"/>
     <x:hyperlink ref="K14" r:id="rId17"/>
     <x:hyperlink ref="K15" r:id="rId18"/>
     <x:hyperlink ref="K16" r:id="rId19"/>
     <x:hyperlink ref="K17" r:id="rId20"/>
     <x:hyperlink ref="K18" r:id="rId21"/>
     <x:hyperlink ref="K19" r:id="rId22"/>
     <x:hyperlink ref="K20" r:id="rId23"/>
     <x:hyperlink ref="K21" r:id="rId24"/>
     <x:hyperlink ref="K22" r:id="rId25"/>