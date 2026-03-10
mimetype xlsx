--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f57c41c01024fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00accb926f984cb3b682cc16444ce59f.psmdcp" Id="Red641dbb985f4436" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70695cceffa646a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4104213ea8a462b90cf3f2a26d13e0d.psmdcp" Id="Rc4523efb690a4611" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>