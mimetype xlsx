--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaeba4c6076648b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/362acc723f9843f891e3474622889aa1.psmdcp" Id="R09445f8c2bf2459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e7352c22fb422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/375e399c8f4d4b759ac3f1414e085836.psmdcp" Id="Rc949802449b14a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Oldremove" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>