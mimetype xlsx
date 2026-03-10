--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e7352c22fb422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/375e399c8f4d4b759ac3f1414e085836.psmdcp" Id="Rc949802449b14a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd89d5918f74602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfb590332dab4cfdbd48f45f8a2126fe.psmdcp" Id="Re312b6d8eeca40ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Oldremove" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>