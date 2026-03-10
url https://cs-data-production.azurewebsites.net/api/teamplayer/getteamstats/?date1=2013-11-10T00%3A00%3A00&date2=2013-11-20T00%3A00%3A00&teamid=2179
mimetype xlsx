--- v2 (2026-03-10)
+++ v3 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd89d5918f74602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfb590332dab4cfdbd48f45f8a2126fe.psmdcp" Id="Re312b6d8eeca40ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1494846c5d5e442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ebc46d051b87420c9e09203d865fa763.psmdcp" Id="Ra3a713bec4004251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Oldremove" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>