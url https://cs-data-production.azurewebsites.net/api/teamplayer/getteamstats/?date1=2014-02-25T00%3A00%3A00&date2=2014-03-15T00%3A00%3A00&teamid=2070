--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96924ee3b48246ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fdb8af756a1a4e9ea46b960e31cfd751.psmdcp" Id="Rdd467f7edddf4f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65a4f3130b4419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/897ce5c289454b34ab497627e53236e7.psmdcp" Id="R4889b607b2724c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1335,54 +1335,54 @@
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I19" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J19" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K19" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">