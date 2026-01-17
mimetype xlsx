--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65a4f3130b4419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/897ce5c289454b34ab497627e53236e7.psmdcp" Id="R4889b607b2724c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c88425b38c442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1fa0b23fbb8144f29ab456d2f594ee60.psmdcp" Id="R7fb976a6666449d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>