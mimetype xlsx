--- v2 (2026-01-17)
+++ v3 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c88425b38c442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1fa0b23fbb8144f29ab456d2f594ee60.psmdcp" Id="R7fb976a6666449d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7e6525078e411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55547c2a1e9041dfbaa795d27ec11d9e.psmdcp" Id="Ra9eb805f03d64c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>