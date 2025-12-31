--- v0 (2025-11-06)
+++ v1 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac4c8652ce14192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abe3f66a098846d797bb456485258441.psmdcp" Id="R73d569adb2f64ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714c23319c1c4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c96703e50c1f45979428ed4f10326338.psmdcp" Id="Rac3f9fe4b2264ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -947,51 +947,51 @@
       </x:c>
       <x:c r="K7" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H8" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K8" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">