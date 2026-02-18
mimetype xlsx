--- v1 (2025-12-31)
+++ v2 (2026-02-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714c23319c1c4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c96703e50c1f45979428ed4f10326338.psmdcp" Id="Rac3f9fe4b2264ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62d2d34c3a0427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b46f2dfc1de841bbb0b36a1bf7b21ae5.psmdcp" Id="R99560b2f1a814a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>