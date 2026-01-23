--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c193b527a34a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1c5b2f586bc43268946c529c69630a0.psmdcp" Id="R8d8e23cbbfb444ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb63de59e2104a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/982f4a26e20a4a61bf9a1f94e6bfe8b1.psmdcp" Id="R421951ea36444cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
     <x:t>Full Name</x:t>
   </x:si>
   <x:si>
     <x:t>Country / Club</x:t>
   </x:si>
   <x:si>
     <x:t>Age</x:t>
   </x:si>
   <x:si>
     <x:t>Where they grew up</x:t>
   </x:si>
   <x:si>
     <x:t>Phonetic</x:t>
   </x:si>
   <x:si>
     <x:t>Canada Appearances</x:t>
   </x:si>
   <x:si>
@@ -293,53 +293,50 @@
     <x:t>Manjrekar James</x:t>
   </x:si>
   <x:si>
     <x:t>North York, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=1600</x:t>
   </x:si>
   <x:si>
     <x:t>Ricky Gomes</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=68</x:t>
   </x:si>
   <x:si>
     <x:t>Ben Fisk</x:t>
   </x:si>
   <x:si>
     <x:t>Vancouver, ﻿British Columbia, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=1149</x:t>
   </x:si>
   <x:si>
     <x:t>Jackson Farmer</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t xml:space="preserve">Edmonton, </x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=1107</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -1473,63 +1470,63 @@
       </x:c>
       <x:c r="J24" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K24" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E25" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H25" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I25" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J25" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K25" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="K2" r:id="rId5"/>
     <x:hyperlink ref="K3" r:id="rId6"/>
     <x:hyperlink ref="K4" r:id="rId7"/>
     <x:hyperlink ref="K5" r:id="rId8"/>
     <x:hyperlink ref="K6" r:id="rId9"/>
     <x:hyperlink ref="K7" r:id="rId10"/>
     <x:hyperlink ref="K8" r:id="rId11"/>
     <x:hyperlink ref="K9" r:id="rId12"/>
     <x:hyperlink ref="K10" r:id="rId13"/>
     <x:hyperlink ref="K11" r:id="rId14"/>
     <x:hyperlink ref="K12" r:id="rId15"/>
     <x:hyperlink ref="K13" r:id="rId16"/>
     <x:hyperlink ref="K14" r:id="rId17"/>
     <x:hyperlink ref="K15" r:id="rId18"/>
     <x:hyperlink ref="K16" r:id="rId19"/>
     <x:hyperlink ref="K17" r:id="rId20"/>
     <x:hyperlink ref="K18" r:id="rId21"/>
     <x:hyperlink ref="K19" r:id="rId22"/>
     <x:hyperlink ref="K20" r:id="rId23"/>
     <x:hyperlink ref="K21" r:id="rId24"/>
     <x:hyperlink ref="K22" r:id="rId25"/>