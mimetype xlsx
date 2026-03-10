--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb63de59e2104a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/982f4a26e20a4a61bf9a1f94e6bfe8b1.psmdcp" Id="R421951ea36444cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3309752948642a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97a5b60bbccb405ab8b00be814e6971a.psmdcp" Id="R82ad64469f5a4d9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>