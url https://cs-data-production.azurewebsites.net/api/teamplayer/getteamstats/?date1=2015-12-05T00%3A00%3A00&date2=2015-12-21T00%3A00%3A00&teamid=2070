--- v0 (2025-12-08)
+++ v1 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c7357566cd4c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43768d3d7a344071a359d53daad7bb6a.psmdcp" Id="Rcd8c23146eec4a61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae86029d0d7f4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92b5d5b898a34e7e8e9a571cebe56d1f.psmdcp" Id="R077648ef95ab47df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1067,57 +1067,57 @@
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
@@ -1163,51 +1163,51 @@
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K14" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
@@ -1262,115 +1262,115 @@
       </x:c>
       <x:c r="K16" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H17" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I17" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J17" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K17" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K18" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I19" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J19" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K19" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">