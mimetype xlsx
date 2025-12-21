--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75ee0f59bd849dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/248542451d934e3aac3c194dc472bf92.psmdcp" Id="R14fd3575ba484f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6eaaa1d12ae497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7018e6e97f844530916cd205027227fd.psmdcp" Id="Rafb7f013440a4b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -793,86 +793,86 @@
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K3" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
@@ -1026,51 +1026,51 @@
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
@@ -1402,51 +1402,51 @@
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K21" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="K2" r:id="rId5"/>
     <x:hyperlink ref="K3" r:id="rId6"/>
     <x:hyperlink ref="K4" r:id="rId7"/>
     <x:hyperlink ref="K5" r:id="rId8"/>
     <x:hyperlink ref="K6" r:id="rId9"/>
     <x:hyperlink ref="K7" r:id="rId10"/>
     <x:hyperlink ref="K8" r:id="rId11"/>
     <x:hyperlink ref="K9" r:id="rId12"/>
     <x:hyperlink ref="K10" r:id="rId13"/>
     <x:hyperlink ref="K11" r:id="rId14"/>
     <x:hyperlink ref="K12" r:id="rId15"/>
     <x:hyperlink ref="K13" r:id="rId16"/>