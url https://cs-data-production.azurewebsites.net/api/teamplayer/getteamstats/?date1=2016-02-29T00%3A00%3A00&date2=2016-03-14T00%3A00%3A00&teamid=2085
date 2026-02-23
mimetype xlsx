--- v1 (2025-12-21)
+++ v2 (2026-02-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6eaaa1d12ae497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7018e6e97f844530916cd205027227fd.psmdcp" Id="Rafb7f013440a4b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd511a77fc254a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf2425686aef419aadb3434ceddc759c.psmdcp" Id="R64ac8689868c4c78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>