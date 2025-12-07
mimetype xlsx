--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205340c3c2f14f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a3360745a2146b9900ea6850d6b82ef.psmdcp" Id="Rfa03b5c825db46ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0397300a959848b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f132e21eb8ed42c48893960309a499b3.psmdcp" Id="R743e6ba99fbe4d53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -866,51 +866,51 @@
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
@@ -1061,51 +1061,51 @@
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
@@ -1224,179 +1224,179 @@
       </x:c>
       <x:c r="K15" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K16" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H17" s="0" t="n">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J17" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K17" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K18" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K19" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K20" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
@@ -1416,51 +1416,51 @@
       </x:c>
       <x:c r="K21" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K22" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="K2" r:id="rId5"/>
     <x:hyperlink ref="K3" r:id="rId6"/>
     <x:hyperlink ref="K4" r:id="rId7"/>
     <x:hyperlink ref="K5" r:id="rId8"/>
     <x:hyperlink ref="K6" r:id="rId9"/>
     <x:hyperlink ref="K7" r:id="rId10"/>
     <x:hyperlink ref="K8" r:id="rId11"/>
     <x:hyperlink ref="K9" r:id="rId12"/>
     <x:hyperlink ref="K10" r:id="rId13"/>
     <x:hyperlink ref="K11" r:id="rId14"/>
     <x:hyperlink ref="K12" r:id="rId15"/>
     <x:hyperlink ref="K13" r:id="rId16"/>