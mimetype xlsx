--- v1 (2025-12-07)
+++ v2 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0397300a959848b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f132e21eb8ed42c48893960309a499b3.psmdcp" Id="R743e6ba99fbe4d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64b6b6fc09943e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a1e2f48591c4d93aafc4912921a1002.psmdcp" Id="Rda5ca93e96a844af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>