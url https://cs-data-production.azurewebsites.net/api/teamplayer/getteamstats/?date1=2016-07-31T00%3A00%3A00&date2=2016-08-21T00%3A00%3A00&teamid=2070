--- v2 (2026-01-27)
+++ v3 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64b6b6fc09943e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a1e2f48591c4d93aafc4912921a1002.psmdcp" Id="Rda5ca93e96a844af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34fd15a57e764699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2002b57b16f7422aadbf32abd538bb28.psmdcp" Id="Ra57a334eea444acf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>