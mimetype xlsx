--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538facf9c6c3468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e59519cc737b421cb9b25970716e1041.psmdcp" Id="Rae833bce04184579" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08983497eca14ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0971b652ddbd47cfa7dc5f8cde22d245.psmdcp" Id="R9c9d5eeb189b4bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's Futsal National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>