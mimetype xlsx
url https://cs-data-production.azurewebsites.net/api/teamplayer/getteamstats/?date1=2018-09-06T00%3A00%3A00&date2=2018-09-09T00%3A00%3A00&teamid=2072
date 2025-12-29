--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08983497eca14ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0971b652ddbd47cfa7dc5f8cde22d245.psmdcp" Id="R9c9d5eeb189b4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63a91cc4e12f4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48ec79ef354f42aea7767e013b9d79b2.psmdcp" Id="R6b9eb1eef8864b4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's Futsal National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>