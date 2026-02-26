--- v2 (2025-12-29)
+++ v3 (2026-02-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63a91cc4e12f4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48ec79ef354f42aea7767e013b9d79b2.psmdcp" Id="R6b9eb1eef8864b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fc6e93f8dbf477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8565e76b6d78403eaf79e7164912a501.psmdcp" Id="R9346dbcc2b63435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's Futsal National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>