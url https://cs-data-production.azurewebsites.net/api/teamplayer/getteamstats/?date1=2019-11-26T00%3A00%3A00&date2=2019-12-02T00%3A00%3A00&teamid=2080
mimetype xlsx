--- v0 (2025-10-27)
+++ v1 (2025-10-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re02eeb9b67574e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/223a9a220f7b4a4e81a6c066ecf9a9cb.psmdcp" Id="Rf0b11ab5f8764334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5e96deab72435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d6e1fc33f3c40de847307757bbaccdf.psmdcp" Id="R76ab5040aace4467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>