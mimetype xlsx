--- v1 (2025-10-27)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5e96deab72435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d6e1fc33f3c40de847307757bbaccdf.psmdcp" Id="R76ab5040aace4467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0ff89a2075641c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a25da24051a246589b61b7b6a0e7f33b.psmdcp" Id="Rb86e6c9b666247d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>