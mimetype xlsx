--- v2 (2025-12-13)
+++ v3 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0ff89a2075641c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a25da24051a246589b61b7b6a0e7f33b.psmdcp" Id="Rb86e6c9b666247d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a999ef9ac24527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19ff836840d34a2099a12c50d1a7acee.psmdcp" Id="R85bdd0ae8d6b4795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>