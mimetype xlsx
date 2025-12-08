--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7810c600076d4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e00fd393664847ee858284504565c732.psmdcp" Id="Rff489d7cd8b64113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c14a4c6407415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19a3b5ff7ae747aab2eeba104b651aa3.psmdcp" Id="R1d3d1a6438484b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -920,54 +920,54 @@
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
@@ -1086,86 +1086,86 @@
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
@@ -1255,51 +1255,51 @@
       </x:c>
       <x:c r="K14" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K15" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
@@ -1325,92 +1325,92 @@
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H17" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I17" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J17" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K17" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K18" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
@@ -1494,89 +1494,89 @@
       </x:c>
       <x:c r="K21" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K22" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E23" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H23" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I23" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J23" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K23" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E24" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
@@ -1663,51 +1663,51 @@
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E27" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H27" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="I27" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J27" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K27" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="K2" r:id="rId5"/>
     <x:hyperlink ref="K3" r:id="rId6"/>
     <x:hyperlink ref="K4" r:id="rId7"/>
     <x:hyperlink ref="K5" r:id="rId8"/>
     <x:hyperlink ref="K6" r:id="rId9"/>
     <x:hyperlink ref="K7" r:id="rId10"/>
     <x:hyperlink ref="K8" r:id="rId11"/>
     <x:hyperlink ref="K9" r:id="rId12"/>
     <x:hyperlink ref="K10" r:id="rId13"/>
     <x:hyperlink ref="K11" r:id="rId14"/>
     <x:hyperlink ref="K12" r:id="rId15"/>
     <x:hyperlink ref="K13" r:id="rId16"/>