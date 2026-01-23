--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c14a4c6407415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19a3b5ff7ae747aab2eeba104b651aa3.psmdcp" Id="R1d3d1a6438484b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ac1ef9ed834dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d892726f273048d4a439f083333c120e.psmdcp" Id="Rd5926a85dadc42e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>