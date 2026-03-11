--- v2 (2026-01-23)
+++ v3 (2026-03-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ac1ef9ed834dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d892726f273048d4a439f083333c120e.psmdcp" Id="Rd5926a85dadc42e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref76d67dc1df444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1abe40ea391844ba81db56e0c7cbf02f.psmdcp" Id="R2b68f130387e46dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>