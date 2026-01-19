--- v0 (2025-11-23)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef29aeaf06c4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbaa2b0cc9dd4ffbba18d5b3ee5fce2d.psmdcp" Id="R375e51acbca347f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8de6d68ca0a4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ab1181066a940ca832030ba63253770.psmdcp" Id="R57d0435560a64353" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's Futsal National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>