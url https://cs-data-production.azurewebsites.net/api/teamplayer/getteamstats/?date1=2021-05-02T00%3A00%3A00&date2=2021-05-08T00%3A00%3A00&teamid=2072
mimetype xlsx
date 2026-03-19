--- v1 (2026-01-19)
+++ v2 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8de6d68ca0a4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ab1181066a940ca832030ba63253770.psmdcp" Id="R57d0435560a64353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6dc615d763142e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad8307fd1f2b4a61a3592b89f4c8a732.psmdcp" Id="R58d25b504e8144f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's Futsal National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>