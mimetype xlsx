--- v2 (2026-03-19)
+++ v3 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6dc615d763142e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad8307fd1f2b4a61a3592b89f4c8a732.psmdcp" Id="R58d25b504e8144f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167f7e3c76f04bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a98fcc541144fefbfefeeed1f3c28ba.psmdcp" Id="Rdc090a8f72e94023" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's Futsal National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>