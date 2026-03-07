--- v0 (2025-12-03)
+++ v1 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a3101291c304600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43d6233748b344639ba22312b2b0845b.psmdcp" Id="R1cd509404794420e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a12b60b3f56428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9defa113012b4c4b83ad0de19cfb5b46.psmdcp" Id="R6e3353abfe8c4fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1228,214 +1228,214 @@
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K15" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K16" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="0" t="n">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I17" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J17" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="K17" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K18" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K19" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K20" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
@@ -1458,51 +1458,51 @@
       </x:c>
       <x:c r="K21" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K22" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E23" s="0" t="n">