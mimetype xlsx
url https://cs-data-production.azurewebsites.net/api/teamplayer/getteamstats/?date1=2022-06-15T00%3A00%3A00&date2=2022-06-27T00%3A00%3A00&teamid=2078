--- v0 (2025-10-26)
+++ v1 (2025-10-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d17453a1374980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ca96e36040d4d22b0dce731605f8811.psmdcp" Id="Re5f29f48a3764da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee9e782e4ba4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/920b0f8cb0e445cfac80c3240ea979ad.psmdcp" Id="R2d7d5f87d3c94aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>