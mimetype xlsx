--- v1 (2025-10-26)
+++ v2 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee9e782e4ba4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/920b0f8cb0e445cfac80c3240ea979ad.psmdcp" Id="R2d7d5f87d3c94aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358552d193164232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c92a777ddfb45949d4512a43a2dfbe5.psmdcp" Id="Rcd10bc0a35044a58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -151,51 +151,51 @@
   <x:si>
     <x:t>CAN / Cavalry FC</x:t>
   </x:si>
   <x:si>
     <x:t>Montréal, Québec, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=6531</x:t>
   </x:si>
   <x:si>
     <x:t>M</x:t>
   </x:si>
   <x:si>
     <x:t>Rida Zouhir</x:t>
   </x:si>
   <x:si>
     <x:t>CAN / CF Montréal</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=55627</x:t>
   </x:si>
   <x:si>
     <x:t>Lowell Wright</x:t>
   </x:si>
   <x:si>
-    <x:t>CAN / York United FC</x:t>
+    <x:t>CAN / Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=55484</x:t>
   </x:si>
   <x:si>
     <x:t>Matthew Catavolo</x:t>
   </x:si>
   <x:si>
     <x:t>CAN / Valour FC</x:t>
   </x:si>
   <x:si>
     <x:t>Laval, Québec, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=4990</x:t>
   </x:si>
   <x:si>
     <x:t>Kamron Habibullah</x:t>
   </x:si>
   <x:si>
     <x:t>CAN / Pacific FC</x:t>
   </x:si>
   <x:si>
     <x:t>Vancouver, ﻿British Columbia, Canada</x:t>
   </x:si>