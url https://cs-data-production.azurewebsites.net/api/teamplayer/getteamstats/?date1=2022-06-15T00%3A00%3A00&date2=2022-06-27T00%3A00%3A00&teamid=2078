--- v2 (2025-12-26)
+++ v3 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358552d193164232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c92a777ddfb45949d4512a43a2dfbe5.psmdcp" Id="Rcd10bc0a35044a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611fa11aaa4a4cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76c036ad1e02469a99bb98c480c5c24a.psmdcp" Id="Re7741054050b48d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>