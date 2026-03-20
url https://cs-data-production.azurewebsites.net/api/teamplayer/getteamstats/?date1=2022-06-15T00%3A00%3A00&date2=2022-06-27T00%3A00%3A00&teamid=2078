--- v3 (2026-03-20)
+++ v4 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611fa11aaa4a4cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76c036ad1e02469a99bb98c480c5c24a.psmdcp" Id="Re7741054050b48d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a56cb3b22a4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d023e50abaf649829e9e47ca0055553d.psmdcp" Id="R70efbac08df0495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>