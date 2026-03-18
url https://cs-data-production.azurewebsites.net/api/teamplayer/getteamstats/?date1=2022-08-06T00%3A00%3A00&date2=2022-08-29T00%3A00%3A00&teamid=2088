--- v0 (2025-12-19)
+++ v1 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbaff4b5c2214200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/080bd3e2422f425e8f167c32930877ed.psmdcp" Id="R298aa35fb65b4eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83f46b08626e4468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a68e2fe2dc044bcca51bdfc2fd3123d0.psmdcp" Id="R6ad079a429514e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -854,51 +854,51 @@
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
@@ -1142,83 +1142,83 @@
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K14" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
@@ -1270,51 +1270,51 @@
       </x:c>
       <x:c r="K17" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K18" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">