--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a821fb29f94656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e53dbee6b468455db59b6659025f0227.psmdcp" Id="R0875b3d0d91b4d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11f315f53aa4d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8d71e50b3f149209a8e6b0ed9ce6c1a.psmdcp" Id="Rb5cea8203cab48cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="79">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>