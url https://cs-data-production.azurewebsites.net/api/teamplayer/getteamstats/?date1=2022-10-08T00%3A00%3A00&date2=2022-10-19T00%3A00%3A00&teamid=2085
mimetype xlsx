--- v1 (2025-12-15)
+++ v2 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11f315f53aa4d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8d71e50b3f149209a8e6b0ed9ce6c1a.psmdcp" Id="Rb5cea8203cab48cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra391edf0abb44e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdc8e16102b54997b244888c41d306cb.psmdcp" Id="Ra3672c9eaf4b497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="79">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1030,51 +1030,51 @@
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K12" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">