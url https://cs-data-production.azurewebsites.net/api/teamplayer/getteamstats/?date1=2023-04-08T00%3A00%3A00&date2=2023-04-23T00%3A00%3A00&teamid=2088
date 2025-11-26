--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6ce6c1efd04bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bafc6d96fc5e4f519b65becb80c2df4f.psmdcp" Id="R487ee667f82446f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a111d45e254c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3971ba6dd7f453aba923603c3339498.psmdcp" Id="Rc96c6ecbfcb64866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1010,51 +1010,51 @@
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
@@ -1106,51 +1106,51 @@
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K14" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">