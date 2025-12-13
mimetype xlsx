--- v1 (2025-11-26)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a111d45e254c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3971ba6dd7f453aba923603c3339498.psmdcp" Id="Rc96c6ecbfcb64866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e56b760c4d746ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b68cef8d7e3d4630a56397d39dba9b0b.psmdcp" Id="R13d1cbd1693d47c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1106,51 +1106,51 @@
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K14" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">