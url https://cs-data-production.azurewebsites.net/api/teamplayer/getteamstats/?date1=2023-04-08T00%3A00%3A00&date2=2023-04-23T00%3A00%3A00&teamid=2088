--- v2 (2025-12-13)
+++ v3 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e56b760c4d746ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b68cef8d7e3d4630a56397d39dba9b0b.psmdcp" Id="R13d1cbd1693d47c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R306bb62ccac54d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/544772f3f10c4ed8a49b9fddb3b23597.psmdcp" Id="Ra63b29de41ea4bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>