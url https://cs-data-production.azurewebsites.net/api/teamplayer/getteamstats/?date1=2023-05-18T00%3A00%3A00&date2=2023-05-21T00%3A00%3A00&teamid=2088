--- v0 (2025-12-24)
+++ v1 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25d103f8c3e04f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/791ce8648a7c46ed93cc70ac66b9a89d.psmdcp" Id="R6c23d3f9e4c34625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7868b6f1a4c4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e93745b233f34e8bafd901165511245c.psmdcp" Id="Rcbef226dddef45f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -972,51 +972,51 @@
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">