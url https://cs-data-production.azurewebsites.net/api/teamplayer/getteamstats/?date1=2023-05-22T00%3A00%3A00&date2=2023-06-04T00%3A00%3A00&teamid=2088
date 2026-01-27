--- v0 (2025-10-29)
+++ v1 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6f2c327b684ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ead42dae37644b2809012f0149dc465.psmdcp" Id="R75fa298c852f4f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2800aa41a54017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2882f5c10f248bd8eb61194722a9cf9.psmdcp" Id="R631f95f7a51f4612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1100,51 +1100,51 @@
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K14" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">