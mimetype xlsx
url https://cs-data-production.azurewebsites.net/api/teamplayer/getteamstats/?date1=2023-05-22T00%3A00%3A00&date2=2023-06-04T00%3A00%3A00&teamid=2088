--- v1 (2026-01-27)
+++ v2 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2800aa41a54017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2882f5c10f248bd8eb61194722a9cf9.psmdcp" Id="R631f95f7a51f4612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6cefbfe52784ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dd96a64fe1d4258af2eeece7282c217.psmdcp" Id="R3582cbb0cef545b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -972,51 +972,51 @@
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">