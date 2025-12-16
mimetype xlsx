--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2db7713c008414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46fb10fb24cc4e66a016aa848edb6ee8.psmdcp" Id="R04ff1c0829bc40a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf866cfe0a35c4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/703d59d821f8421f93179296522d3ddd.psmdcp" Id="Rc4b7f4a0e43747bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -779,51 +779,51 @@
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H2" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K2" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
@@ -881,57 +881,57 @@
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
@@ -977,51 +977,51 @@
       </x:c>
       <x:c r="K7" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H8" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I8" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K8" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
@@ -1073,83 +1073,83 @@
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K12" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
@@ -1169,92 +1169,92 @@
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="I14" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K14" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K15" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
@@ -1396,124 +1396,124 @@
       </x:c>
       <x:c r="K20" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H21" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I21" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K21" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K22" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E23" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H23" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I23" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J23" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K23" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E24" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H24" s="0" t="n">