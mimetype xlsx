--- v1 (2025-12-16)
+++ v2 (2026-01-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf866cfe0a35c4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/703d59d821f8421f93179296522d3ddd.psmdcp" Id="Rc4b7f4a0e43747bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3fd36f377dc4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e779475fe4584cb3a18d34a676b44beb.psmdcp" Id="R6774b6683751435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>