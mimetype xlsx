--- v2 (2026-01-30)
+++ v3 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3fd36f377dc4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e779475fe4584cb3a18d34a676b44beb.psmdcp" Id="R6774b6683751435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb886bb4b2cf40ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e6d7b2e3dc84a839529eac5abc36e50.psmdcp" Id="R16a8aab5d1a2413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>